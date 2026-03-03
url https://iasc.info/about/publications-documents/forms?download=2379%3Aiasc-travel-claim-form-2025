--- v0 (2025-12-02)
+++ v1 (2026-03-03)
@@ -1,61 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr date1904="1" showInkAnnotation="0" codeName="ThisWorkbook" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kolbrun.reynisdottir\IASC Dropbox\IASC Team Folder\Secretariat\IASC Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{15A6EE95-F31A-408E-A6CA-D8FE33C3884F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6C82A87-8D50-4C39-9D6C-B45DECF6B03F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="42105" yWindow="-3870" windowWidth="21900" windowHeight="19065" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="32580" yWindow="870" windowWidth="21600" windowHeight="11295" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Travel Claim Rules" sheetId="1" r:id="rId1"/>
     <sheet name="Travel Claim" sheetId="2" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="330"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -63,51 +64,51 @@
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H26" i="2" l="1"/>
   <c r="F45" i="2"/>
   <c r="F44" i="2"/>
   <c r="F43" i="2"/>
   <c r="F42" i="2"/>
   <c r="F41" i="2"/>
   <c r="F40" i="2"/>
   <c r="F39" i="2"/>
   <c r="F38" i="2"/>
   <c r="F37" i="2"/>
   <c r="F36" i="2"/>
   <c r="F35" i="2"/>
   <c r="G30" i="2"/>
   <c r="E30" i="2"/>
   <c r="G29" i="2"/>
   <c r="E29" i="2"/>
   <c r="F46" i="2" l="1"/>
   <c r="G31" i="2"/>
   <c r="H57" i="2" l="1"/>
   <c r="H58" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="93">
   <si>
     <t>Per Diem</t>
   </si>
   <si>
     <t>Total in EUR:</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">For IASC use: </t>
   </si>
   <si>
     <t>Affiliation:</t>
     <phoneticPr fontId="4" type="noConversion"/>
   </si>
   <si>
     <t>Name:</t>
     <phoneticPr fontId="1" type="noConversion"/>
   </si>
   <si>
     <t>Mode of travel</t>
   </si>
   <si>
     <t xml:space="preserve">Address: </t>
   </si>
   <si>
@@ -360,53 +361,50 @@
       <t>(Travel information)</t>
     </r>
   </si>
   <si>
     <t>Per Diem/Day in EUR</t>
   </si>
   <si>
     <t>Bank Details for Payment:</t>
   </si>
   <si>
     <t>Amount Local</t>
   </si>
   <si>
     <t>IASC Secretariat / Borgir, Nordurslod / 600 Akureyri / ICELAND</t>
   </si>
   <si>
     <t>E-mail: info@iasc.info   Phone: +354 515 5824   www.iasc.info</t>
   </si>
   <si>
     <t>Office Use Only</t>
   </si>
   <si>
     <t>Account Holder Street Address:</t>
   </si>
   <si>
-    <t>Account Holder Street Address (line 2):</t>
-[...1 lines deleted...]
-  <si>
     <t>Date of Purchase</t>
   </si>
   <si>
     <t>Date of Travel</t>
   </si>
   <si>
     <t>Local Currency</t>
   </si>
   <si>
     <t>Cost/Total Local</t>
   </si>
   <si>
     <t>Date, IASC Signature</t>
   </si>
   <si>
     <t>Transfer Amount</t>
   </si>
   <si>
     <t>E. Expenses billed to IASC directly (via travel agent, credit card, etc.)</t>
   </si>
   <si>
     <t>F. Any advanced expenses / expenses reimbursed before travel, please specify:</t>
   </si>
   <si>
     <t>Total Claim  (A+B+C+D-F) in EUR:</t>
@@ -745,103 +743,103 @@
       </rPr>
       <t>private car</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">, is reimbursed at the rate of 0,32 EUR per km. </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">The use of a private car has to be well justified and requires approval by the IASC Secretariat. </t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Early career researchers are only eligible to receive support from IASC for 4 activities in any 5-year period. </t>
   </si>
   <si>
-    <t>dfas</t>
-[...1 lines deleted...]
-  <si>
     <r>
       <t xml:space="preserve">Reasonably priced hotels must be used, </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>not exceeding 130 EUR per night</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve">. </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>Higher rates must be justified, and require approval by the IASC Secretariat.</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Travel claims must be submitted </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>within 21 days of travel.</t>
     </r>
   </si>
   <si>
     <t>Legit Receipts for all cost items claimed</t>
   </si>
   <si>
     <t>Legit receipts and boarding passes must be provided for all expenses claimed except food. Scans are acceptable.
 Please note that credit card slips, or credit card transaction overview are not legit receipts.</t>
+  </si>
+  <si>
+    <t>Account Holder Postal Code, City, Country:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
@@ -1550,363 +1548,361 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="7" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="5" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="8" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="8" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="8" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="5" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...99 lines deleted...]
-      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...110 lines deleted...]
-      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hyperlink" xfId="1" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00FF0000"/>
       <rgbColor rgb="0000FF00"/>
       <rgbColor rgb="000000FF"/>
       <rgbColor rgb="00FFFF00"/>
       <rgbColor rgb="00FF00FF"/>
       <rgbColor rgb="0000FFFF"/>
       <rgbColor rgb="00000000"/>
       <rgbColor rgb="00FFFFFF"/>
       <rgbColor rgb="00DD0806"/>
       <rgbColor rgb="001FB714"/>
       <rgbColor rgb="000000D4"/>
       <rgbColor rgb="00FCF305"/>
       <rgbColor rgb="00F20884"/>
@@ -2016,58 +2012,58 @@
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="69850" y="28575"/>
           <a:ext cx="314325" cy="485775"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40dd-AFC4-6F175D3DCCD1}">
-            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="">
+            <a14:hiddenFill xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
           <a:ext uri="{91240B29-F687-4f45-9708-019B960494DF}">
-            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns="" w="9525">
+            <a14:hiddenLine xmlns="" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:miter lim="800000"/>
               <a:headEnd/>
               <a:tailEnd/>
             </a14:hiddenLine>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-Design">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -2391,731 +2387,731 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="B1:J42"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" zoomScalePageLayoutView="150" workbookViewId="0">
       <selection activeCell="C16" sqref="C16:J16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.375" style="41" customWidth="1"/>
     <col min="2" max="2" width="3.375" style="49" customWidth="1"/>
     <col min="3" max="3" width="10.875" style="41" customWidth="1"/>
     <col min="4" max="4" width="3" style="41" customWidth="1"/>
     <col min="5" max="5" width="2" style="41" customWidth="1"/>
     <col min="6" max="7" width="10.875" style="41" customWidth="1"/>
     <col min="8" max="8" width="12.375" style="41" customWidth="1"/>
     <col min="9" max="9" width="10" style="41" customWidth="1"/>
     <col min="10" max="10" width="31.875" style="41" customWidth="1"/>
     <col min="11" max="16384" width="7.375" style="41"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="60" t="s">
-[...9 lines deleted...]
-      <c r="J2" s="62"/>
+      <c r="B2" s="55" t="s">
+        <v>74</v>
+      </c>
+      <c r="C2" s="56"/>
+      <c r="D2" s="56"/>
+      <c r="E2" s="56"/>
+      <c r="F2" s="56"/>
+      <c r="G2" s="56"/>
+      <c r="H2" s="56"/>
+      <c r="I2" s="56"/>
+      <c r="J2" s="57"/>
     </row>
     <row r="3" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="63"/>
-[...7 lines deleted...]
-      <c r="J3" s="65"/>
+      <c r="B3" s="58"/>
+      <c r="C3" s="59"/>
+      <c r="D3" s="59"/>
+      <c r="E3" s="59"/>
+      <c r="F3" s="59"/>
+      <c r="G3" s="59"/>
+      <c r="H3" s="59"/>
+      <c r="I3" s="59"/>
+      <c r="J3" s="60"/>
     </row>
     <row r="4" spans="2:10" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="66"/>
-[...7 lines deleted...]
-      <c r="J4" s="68"/>
+      <c r="B4" s="61"/>
+      <c r="C4" s="62"/>
+      <c r="D4" s="62"/>
+      <c r="E4" s="62"/>
+      <c r="F4" s="62"/>
+      <c r="G4" s="62"/>
+      <c r="H4" s="62"/>
+      <c r="I4" s="62"/>
+      <c r="J4" s="63"/>
     </row>
     <row r="5" spans="2:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="C5" s="57"/>
-[...6 lines deleted...]
-      <c r="J5" s="57"/>
+      <c r="C5" s="79"/>
+      <c r="D5" s="79"/>
+      <c r="E5" s="79"/>
+      <c r="F5" s="79"/>
+      <c r="G5" s="79"/>
+      <c r="H5" s="79"/>
+      <c r="I5" s="79"/>
+      <c r="J5" s="79"/>
     </row>
     <row r="6" spans="2:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C6" s="43"/>
       <c r="D6" s="45"/>
       <c r="E6" s="43"/>
       <c r="F6" s="48" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="G6" s="43"/>
       <c r="H6" s="43"/>
       <c r="I6" s="43"/>
       <c r="J6" s="43"/>
     </row>
     <row r="7" spans="2:10" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C7" s="43"/>
       <c r="D7" s="43"/>
       <c r="E7" s="43"/>
       <c r="F7" s="48"/>
       <c r="G7" s="43"/>
       <c r="H7" s="43"/>
       <c r="I7" s="43"/>
       <c r="J7" s="43"/>
     </row>
     <row r="8" spans="2:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C8" s="43"/>
       <c r="D8" s="45"/>
       <c r="E8" s="43"/>
       <c r="F8" s="48" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="G8" s="43"/>
       <c r="H8" s="43"/>
       <c r="I8" s="43"/>
       <c r="J8" s="43"/>
     </row>
     <row r="9" spans="2:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C9" s="43"/>
       <c r="D9" s="43"/>
       <c r="E9" s="43"/>
       <c r="F9" s="43"/>
       <c r="G9" s="43"/>
       <c r="H9" s="43"/>
       <c r="I9" s="43"/>
       <c r="J9" s="43"/>
     </row>
     <row r="10" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="69" t="s">
+      <c r="B10" s="64" t="s">
         <v>43</v>
       </c>
-      <c r="C10" s="70"/>
-[...6 lines deleted...]
-      <c r="J10" s="71"/>
+      <c r="C10" s="65"/>
+      <c r="D10" s="65"/>
+      <c r="E10" s="65"/>
+      <c r="F10" s="65"/>
+      <c r="G10" s="65"/>
+      <c r="H10" s="65"/>
+      <c r="I10" s="65"/>
+      <c r="J10" s="66"/>
     </row>
     <row r="11" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="72"/>
-[...7 lines deleted...]
-      <c r="J11" s="74"/>
+      <c r="B11" s="67"/>
+      <c r="C11" s="68"/>
+      <c r="D11" s="68"/>
+      <c r="E11" s="68"/>
+      <c r="F11" s="68"/>
+      <c r="G11" s="68"/>
+      <c r="H11" s="68"/>
+      <c r="I11" s="68"/>
+      <c r="J11" s="69"/>
     </row>
     <row r="12" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="72"/>
-[...7 lines deleted...]
-      <c r="J12" s="74"/>
+      <c r="B12" s="67"/>
+      <c r="C12" s="68"/>
+      <c r="D12" s="68"/>
+      <c r="E12" s="68"/>
+      <c r="F12" s="68"/>
+      <c r="G12" s="68"/>
+      <c r="H12" s="68"/>
+      <c r="I12" s="68"/>
+      <c r="J12" s="69"/>
     </row>
     <row r="13" spans="2:10" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="54" t="s">
-[...9 lines deleted...]
-      <c r="J13" s="56"/>
+      <c r="B13" s="76" t="s">
+        <v>73</v>
+      </c>
+      <c r="C13" s="77"/>
+      <c r="D13" s="77"/>
+      <c r="E13" s="77"/>
+      <c r="F13" s="77"/>
+      <c r="G13" s="77"/>
+      <c r="H13" s="77"/>
+      <c r="I13" s="77"/>
+      <c r="J13" s="78"/>
     </row>
     <row r="14" spans="2:10" s="46" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="53">
         <v>1</v>
       </c>
-      <c r="C14" s="58" t="s">
-[...8 lines deleted...]
-      <c r="J14" s="59"/>
+      <c r="C14" s="70" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" s="70"/>
+      <c r="E14" s="70"/>
+      <c r="F14" s="70"/>
+      <c r="G14" s="70"/>
+      <c r="H14" s="70"/>
+      <c r="I14" s="70"/>
+      <c r="J14" s="71"/>
     </row>
     <row r="15" spans="2:10" s="46" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="53">
         <v>2</v>
       </c>
-      <c r="C15" s="58" t="s">
-[...8 lines deleted...]
-      <c r="J15" s="59"/>
+      <c r="C15" s="70" t="s">
+        <v>89</v>
+      </c>
+      <c r="D15" s="70"/>
+      <c r="E15" s="70"/>
+      <c r="F15" s="70"/>
+      <c r="G15" s="70"/>
+      <c r="H15" s="70"/>
+      <c r="I15" s="70"/>
+      <c r="J15" s="71"/>
     </row>
     <row r="16" spans="2:10" s="46" customFormat="1" ht="31.5" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="53">
         <v>3</v>
       </c>
-      <c r="C16" s="58" t="s">
-[...8 lines deleted...]
-      <c r="J16" s="59"/>
+      <c r="C16" s="70" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" s="70"/>
+      <c r="E16" s="70"/>
+      <c r="F16" s="70"/>
+      <c r="G16" s="70"/>
+      <c r="H16" s="70"/>
+      <c r="I16" s="70"/>
+      <c r="J16" s="71"/>
     </row>
     <row r="17" spans="2:10" s="46" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="53">
         <v>4</v>
       </c>
-      <c r="C17" s="58" t="s">
-[...8 lines deleted...]
-      <c r="J17" s="59"/>
+      <c r="C17" s="70" t="s">
+        <v>77</v>
+      </c>
+      <c r="D17" s="70"/>
+      <c r="E17" s="70"/>
+      <c r="F17" s="70"/>
+      <c r="G17" s="70"/>
+      <c r="H17" s="70"/>
+      <c r="I17" s="70"/>
+      <c r="J17" s="71"/>
     </row>
     <row r="18" spans="2:10" s="46" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="53">
         <v>5</v>
       </c>
-      <c r="C18" s="58" t="s">
-[...8 lines deleted...]
-      <c r="J18" s="59"/>
+      <c r="C18" s="70" t="s">
+        <v>87</v>
+      </c>
+      <c r="D18" s="70"/>
+      <c r="E18" s="70"/>
+      <c r="F18" s="70"/>
+      <c r="G18" s="70"/>
+      <c r="H18" s="70"/>
+      <c r="I18" s="70"/>
+      <c r="J18" s="71"/>
     </row>
     <row r="19" spans="2:10" s="46" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="51">
         <v>6</v>
       </c>
-      <c r="C19" s="75" t="s">
-[...8 lines deleted...]
-      <c r="J19" s="76"/>
+      <c r="C19" s="72" t="s">
+        <v>78</v>
+      </c>
+      <c r="D19" s="72"/>
+      <c r="E19" s="72"/>
+      <c r="F19" s="72"/>
+      <c r="G19" s="72"/>
+      <c r="H19" s="72"/>
+      <c r="I19" s="72"/>
+      <c r="J19" s="73"/>
     </row>
     <row r="20" spans="2:10" s="46" customFormat="1" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="52"/>
       <c r="C20" s="47"/>
       <c r="D20" s="47"/>
       <c r="E20" s="47"/>
       <c r="F20" s="47"/>
       <c r="G20" s="47"/>
       <c r="H20" s="47"/>
       <c r="I20" s="47"/>
       <c r="J20" s="47"/>
     </row>
     <row r="21" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="52"/>
     </row>
     <row r="22" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="54" t="s">
+      <c r="B22" s="76" t="s">
         <v>5</v>
       </c>
-      <c r="C22" s="55"/>
-[...6 lines deleted...]
-      <c r="J22" s="56"/>
+      <c r="C22" s="77"/>
+      <c r="D22" s="77"/>
+      <c r="E22" s="77"/>
+      <c r="F22" s="77"/>
+      <c r="G22" s="77"/>
+      <c r="H22" s="77"/>
+      <c r="I22" s="77"/>
+      <c r="J22" s="78"/>
     </row>
     <row r="23" spans="2:10" s="46" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="53">
         <v>1</v>
       </c>
-      <c r="C23" s="58" t="s">
-[...8 lines deleted...]
-      <c r="J23" s="59"/>
+      <c r="C23" s="70" t="s">
+        <v>83</v>
+      </c>
+      <c r="D23" s="70"/>
+      <c r="E23" s="70"/>
+      <c r="F23" s="70"/>
+      <c r="G23" s="70"/>
+      <c r="H23" s="70"/>
+      <c r="I23" s="70"/>
+      <c r="J23" s="71"/>
     </row>
     <row r="24" spans="2:10" s="46" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="50">
         <v>2</v>
       </c>
-      <c r="C24" s="77" t="s">
-[...8 lines deleted...]
-      <c r="J24" s="78"/>
+      <c r="C24" s="74" t="s">
+        <v>85</v>
+      </c>
+      <c r="D24" s="74"/>
+      <c r="E24" s="74"/>
+      <c r="F24" s="74"/>
+      <c r="G24" s="74"/>
+      <c r="H24" s="74"/>
+      <c r="I24" s="74"/>
+      <c r="J24" s="75"/>
     </row>
     <row r="25" spans="2:10" s="46" customFormat="1" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="53">
         <v>3</v>
       </c>
-      <c r="C25" s="58" t="s">
-[...8 lines deleted...]
-      <c r="J25" s="59"/>
+      <c r="C25" s="70" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" s="70"/>
+      <c r="E25" s="70"/>
+      <c r="F25" s="70"/>
+      <c r="G25" s="70"/>
+      <c r="H25" s="70"/>
+      <c r="I25" s="70"/>
+      <c r="J25" s="71"/>
     </row>
     <row r="26" spans="2:10" s="46" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="51">
         <v>4</v>
       </c>
-      <c r="C26" s="75" t="s">
-[...8 lines deleted...]
-      <c r="J26" s="76"/>
+      <c r="C26" s="72" t="s">
+        <v>86</v>
+      </c>
+      <c r="D26" s="72"/>
+      <c r="E26" s="72"/>
+      <c r="F26" s="72"/>
+      <c r="G26" s="72"/>
+      <c r="H26" s="72"/>
+      <c r="I26" s="72"/>
+      <c r="J26" s="73"/>
     </row>
     <row r="27" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="52"/>
       <c r="C27" s="44"/>
       <c r="D27" s="44"/>
       <c r="E27" s="44"/>
       <c r="F27" s="44"/>
       <c r="G27" s="44"/>
       <c r="H27" s="44"/>
       <c r="I27" s="44"/>
       <c r="J27" s="44"/>
     </row>
     <row r="28" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="54" t="s">
-[...9 lines deleted...]
-      <c r="J28" s="56"/>
+      <c r="B28" s="76" t="s">
+        <v>68</v>
+      </c>
+      <c r="C28" s="77"/>
+      <c r="D28" s="77"/>
+      <c r="E28" s="77"/>
+      <c r="F28" s="77"/>
+      <c r="G28" s="77"/>
+      <c r="H28" s="77"/>
+      <c r="I28" s="77"/>
+      <c r="J28" s="78"/>
     </row>
     <row r="29" spans="2:10" s="46" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="53">
         <v>1</v>
       </c>
-      <c r="C29" s="58" t="s">
-[...8 lines deleted...]
-      <c r="J29" s="59"/>
+      <c r="C29" s="70" t="s">
+        <v>88</v>
+      </c>
+      <c r="D29" s="70"/>
+      <c r="E29" s="70"/>
+      <c r="F29" s="70"/>
+      <c r="G29" s="70"/>
+      <c r="H29" s="70"/>
+      <c r="I29" s="70"/>
+      <c r="J29" s="71"/>
     </row>
     <row r="30" spans="2:10" s="46" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="53">
         <v>2</v>
       </c>
-      <c r="C30" s="58" t="s">
-[...8 lines deleted...]
-      <c r="J30" s="59"/>
+      <c r="C30" s="70" t="s">
+        <v>81</v>
+      </c>
+      <c r="D30" s="70"/>
+      <c r="E30" s="70"/>
+      <c r="F30" s="70"/>
+      <c r="G30" s="70"/>
+      <c r="H30" s="70"/>
+      <c r="I30" s="70"/>
+      <c r="J30" s="71"/>
     </row>
     <row r="31" spans="2:10" s="46" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="51">
         <v>3</v>
       </c>
-      <c r="C31" s="75" t="s">
-[...8 lines deleted...]
-      <c r="J31" s="76"/>
+      <c r="C31" s="72" t="s">
+        <v>82</v>
+      </c>
+      <c r="D31" s="72"/>
+      <c r="E31" s="72"/>
+      <c r="F31" s="72"/>
+      <c r="G31" s="72"/>
+      <c r="H31" s="72"/>
+      <c r="I31" s="72"/>
+      <c r="J31" s="73"/>
     </row>
     <row r="32" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="52"/>
       <c r="C32" s="44"/>
       <c r="D32" s="44"/>
       <c r="E32" s="44"/>
       <c r="F32" s="44"/>
       <c r="G32" s="44"/>
       <c r="H32" s="44"/>
       <c r="I32" s="44"/>
       <c r="J32" s="44"/>
     </row>
     <row r="33" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="54" t="s">
+      <c r="B33" s="76" t="s">
         <v>0</v>
       </c>
-      <c r="C33" s="55"/>
-[...6 lines deleted...]
-      <c r="J33" s="56"/>
+      <c r="C33" s="77"/>
+      <c r="D33" s="77"/>
+      <c r="E33" s="77"/>
+      <c r="F33" s="77"/>
+      <c r="G33" s="77"/>
+      <c r="H33" s="77"/>
+      <c r="I33" s="77"/>
+      <c r="J33" s="78"/>
     </row>
     <row r="34" spans="2:10" s="46" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="53">
         <v>1</v>
       </c>
-      <c r="C34" s="58" t="s">
-[...8 lines deleted...]
-      <c r="J34" s="59"/>
+      <c r="C34" s="70" t="s">
+        <v>80</v>
+      </c>
+      <c r="D34" s="70"/>
+      <c r="E34" s="70"/>
+      <c r="F34" s="70"/>
+      <c r="G34" s="70"/>
+      <c r="H34" s="70"/>
+      <c r="I34" s="70"/>
+      <c r="J34" s="71"/>
     </row>
     <row r="35" spans="2:10" s="46" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="51">
         <v>2</v>
       </c>
-      <c r="C35" s="75" t="s">
-[...8 lines deleted...]
-      <c r="J35" s="76"/>
+      <c r="C35" s="72" t="s">
+        <v>79</v>
+      </c>
+      <c r="D35" s="72"/>
+      <c r="E35" s="72"/>
+      <c r="F35" s="72"/>
+      <c r="G35" s="72"/>
+      <c r="H35" s="72"/>
+      <c r="I35" s="72"/>
+      <c r="J35" s="73"/>
     </row>
     <row r="36" spans="2:10" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C36" s="42"/>
       <c r="D36" s="42"/>
       <c r="E36" s="42"/>
       <c r="F36" s="42"/>
       <c r="G36" s="42"/>
       <c r="H36" s="42"/>
       <c r="I36" s="42"/>
       <c r="J36" s="42"/>
     </row>
     <row r="37" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" sort="0" autoFilter="0"/>
   <mergeCells count="22">
+    <mergeCell ref="B13:J13"/>
+    <mergeCell ref="B22:J22"/>
+    <mergeCell ref="B28:J28"/>
+    <mergeCell ref="B33:J33"/>
+    <mergeCell ref="C5:J5"/>
+    <mergeCell ref="C16:J16"/>
     <mergeCell ref="B2:J4"/>
     <mergeCell ref="B10:J12"/>
     <mergeCell ref="C34:J34"/>
     <mergeCell ref="C35:J35"/>
     <mergeCell ref="C19:J19"/>
     <mergeCell ref="C23:J23"/>
     <mergeCell ref="C24:J24"/>
     <mergeCell ref="C26:J26"/>
     <mergeCell ref="C29:J29"/>
     <mergeCell ref="C30:J30"/>
     <mergeCell ref="C18:J18"/>
     <mergeCell ref="C31:J31"/>
     <mergeCell ref="C25:J25"/>
     <mergeCell ref="C17:J17"/>
     <mergeCell ref="C14:J14"/>
     <mergeCell ref="C15:J15"/>
-    <mergeCell ref="B13:J13"/>
-[...4 lines deleted...]
-    <mergeCell ref="C16:J16"/>
   </mergeCells>
   <phoneticPr fontId="1" type="noConversion"/>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="84" fitToHeight="2" orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="89"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F329253D-2146-4600-9670-FB9E82FD9D25}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="A1:I94"/>
   <sheetViews>
-    <sheetView zoomScale="181" zoomScaleNormal="96" zoomScalePageLayoutView="150" workbookViewId="0">
-      <selection activeCell="K35" sqref="K35"/>
+    <sheetView zoomScale="124" zoomScaleNormal="124" zoomScalePageLayoutView="150" workbookViewId="0">
+      <selection activeCell="K64" sqref="K64"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.875" style="25" customWidth="1"/>
-    <col min="2" max="2" width="11.875" style="25" customWidth="1"/>
+    <col min="1" max="1" width="11.625" style="25" customWidth="1"/>
+    <col min="2" max="2" width="14.25" style="25" customWidth="1"/>
     <col min="3" max="5" width="10.875" style="25" customWidth="1"/>
     <col min="6" max="6" width="12.375" style="25" customWidth="1"/>
     <col min="7" max="7" width="10" style="25" customWidth="1"/>
     <col min="8" max="8" width="13.125" style="25" customWidth="1"/>
     <col min="9" max="16384" width="7.375" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="82" t="s">
-[...8 lines deleted...]
-      <c r="H1" s="88" t="s">
+      <c r="A1" s="142" t="s">
+        <v>69</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="148" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="84"/>
-[...6 lines deleted...]
-      <c r="H2" s="89"/>
+      <c r="A2" s="144"/>
+      <c r="B2" s="145"/>
+      <c r="C2" s="145"/>
+      <c r="D2" s="145"/>
+      <c r="E2" s="145"/>
+      <c r="F2" s="145"/>
+      <c r="G2" s="145"/>
+      <c r="H2" s="149"/>
     </row>
     <row r="3" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="86"/>
-[...6 lines deleted...]
-      <c r="H3" s="90"/>
+      <c r="A3" s="146"/>
+      <c r="B3" s="147"/>
+      <c r="C3" s="147"/>
+      <c r="D3" s="147"/>
+      <c r="E3" s="147"/>
+      <c r="F3" s="147"/>
+      <c r="G3" s="147"/>
+      <c r="H3" s="150"/>
     </row>
     <row r="4" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="11" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="91"/>
-[...3 lines deleted...]
-      <c r="F5" s="93"/>
+      <c r="B5" s="110"/>
+      <c r="C5" s="122"/>
+      <c r="D5" s="122"/>
+      <c r="E5" s="122"/>
+      <c r="F5" s="129"/>
       <c r="G5" s="11" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H5" s="40"/>
     </row>
     <row r="6" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="92"/>
-[...5 lines deleted...]
-      <c r="H6" s="93"/>
+      <c r="B6" s="122"/>
+      <c r="C6" s="122"/>
+      <c r="D6" s="122"/>
+      <c r="E6" s="122"/>
+      <c r="F6" s="122"/>
+      <c r="G6" s="122"/>
+      <c r="H6" s="129"/>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="92"/>
-[...5 lines deleted...]
-      <c r="H7" s="93"/>
+      <c r="B7" s="122"/>
+      <c r="C7" s="122"/>
+      <c r="D7" s="122"/>
+      <c r="E7" s="122"/>
+      <c r="F7" s="122"/>
+      <c r="G7" s="122"/>
+      <c r="H7" s="129"/>
     </row>
     <row r="8" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="11" t="s">
         <v>45</v>
       </c>
-      <c r="B8" s="79"/>
-[...5 lines deleted...]
-      <c r="H8" s="81"/>
+      <c r="B8" s="139"/>
+      <c r="C8" s="140"/>
+      <c r="D8" s="140"/>
+      <c r="E8" s="140"/>
+      <c r="F8" s="140"/>
+      <c r="G8" s="140"/>
+      <c r="H8" s="141"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="33"/>
       <c r="B9" s="33"/>
       <c r="C9" s="33"/>
       <c r="D9" s="33"/>
       <c r="E9" s="33"/>
       <c r="F9" s="33"/>
       <c r="G9" s="33"/>
       <c r="H9" s="33"/>
     </row>
     <row r="10" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="94" t="s">
-[...8 lines deleted...]
-      <c r="H10" s="97"/>
+      <c r="A10" s="130" t="s">
+        <v>63</v>
+      </c>
+      <c r="B10" s="131"/>
+      <c r="C10" s="122"/>
+      <c r="D10" s="132"/>
+      <c r="E10" s="132"/>
+      <c r="F10" s="132"/>
+      <c r="G10" s="132"/>
+      <c r="H10" s="133"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="98" t="s">
+      <c r="A11" s="104" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="99"/>
-[...5 lines deleted...]
-      <c r="H11" s="97"/>
+      <c r="B11" s="105"/>
+      <c r="C11" s="122"/>
+      <c r="D11" s="132"/>
+      <c r="E11" s="132"/>
+      <c r="F11" s="132"/>
+      <c r="G11" s="132"/>
+      <c r="H11" s="133"/>
     </row>
     <row r="12" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="33"/>
       <c r="B12" s="33"/>
       <c r="C12" s="33"/>
       <c r="D12" s="33"/>
       <c r="E12" s="33"/>
       <c r="F12" s="33"/>
       <c r="G12" s="33"/>
       <c r="H12" s="33"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="33"/>
       <c r="B13" s="33"/>
       <c r="C13" s="33"/>
       <c r="D13" s="33"/>
       <c r="E13" s="33"/>
       <c r="F13" s="33"/>
       <c r="G13" s="33"/>
       <c r="H13" s="33"/>
     </row>
     <row r="14" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="12" t="s">
         <v>46</v>
       </c>
       <c r="B14" s="13"/>
       <c r="C14" s="13"/>
       <c r="D14" s="29"/>
       <c r="E14" s="29"/>
       <c r="F14" s="29"/>
       <c r="G14" s="29"/>
       <c r="H14" s="29"/>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="11" t="s">
+        <v>54</v>
+      </c>
+      <c r="B15" s="14" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="C15" s="14" t="s">
         <v>12</v>
       </c>
       <c r="D15" s="14" t="s">
         <v>13</v>
       </c>
       <c r="E15" s="14" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="14" t="s">
         <v>49</v>
       </c>
       <c r="G15" s="14" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="H15" s="15" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="3"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="6"/>
       <c r="H16" s="7"/>
     </row>
     <row r="17" spans="1:9" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="3"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="6"/>
       <c r="H17" s="7"/>
     </row>
@@ -3187,72 +3183,72 @@
       <c r="E24" s="5"/>
       <c r="F24" s="5"/>
       <c r="G24" s="6"/>
       <c r="H24" s="7"/>
     </row>
     <row r="25" spans="1:9" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="5"/>
       <c r="G25" s="6"/>
       <c r="H25" s="7"/>
     </row>
     <row r="26" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="G26" s="16" t="s">
         <v>1</v>
       </c>
       <c r="H26" s="17">
         <f>SUM(H16:H25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="100" t="s">
-[...3 lines deleted...]
-      <c r="C27" s="101"/>
+      <c r="A27" s="120" t="s">
+        <v>67</v>
+      </c>
+      <c r="B27" s="134"/>
+      <c r="C27" s="134"/>
       <c r="F27" s="18"/>
     </row>
     <row r="28" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="11" t="s">
         <v>32</v>
       </c>
       <c r="B28" s="11" t="s">
         <v>33</v>
       </c>
       <c r="C28" s="11" t="s">
         <v>34</v>
       </c>
       <c r="D28" s="11" t="s">
         <v>35</v>
       </c>
       <c r="E28" s="11" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F28" s="11" t="s">
         <v>36</v>
       </c>
       <c r="G28" s="15" t="s">
         <v>37</v>
       </c>
       <c r="H28" s="24"/>
       <c r="I28" s="24"/>
     </row>
     <row r="29" spans="1:9" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="9"/>
       <c r="B29" s="3"/>
       <c r="C29" s="5"/>
       <c r="D29" s="6"/>
       <c r="E29" s="6">
         <f>A29*D29</f>
         <v>0</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="37">
         <f>A29*F29</f>
         <v>0</v>
       </c>
       <c r="H29" s="1"/>
@@ -3279,60 +3275,60 @@
       <c r="A31" s="24"/>
       <c r="B31" s="24"/>
       <c r="C31" s="24"/>
       <c r="D31" s="24"/>
       <c r="E31" s="24"/>
       <c r="F31" s="18" t="s">
         <v>1</v>
       </c>
       <c r="G31" s="19">
         <f>SUM(G29:G30)</f>
         <v>0</v>
       </c>
       <c r="H31" s="24"/>
       <c r="I31" s="24"/>
     </row>
     <row r="32" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="24"/>
       <c r="B32" s="24"/>
       <c r="C32" s="24"/>
       <c r="D32" s="24"/>
       <c r="F32" s="24"/>
       <c r="G32" s="24"/>
       <c r="H32" s="24"/>
     </row>
     <row r="33" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="102" t="s">
+      <c r="A33" s="135" t="s">
         <v>38</v>
       </c>
-      <c r="B33" s="102"/>
-      <c r="C33" s="103" t="s">
+      <c r="B33" s="135"/>
+      <c r="C33" s="136" t="s">
         <v>44</v>
       </c>
-      <c r="D33" s="103"/>
-[...1 lines deleted...]
-      <c r="F33" s="103"/>
+      <c r="D33" s="136"/>
+      <c r="E33" s="136"/>
+      <c r="F33" s="136"/>
       <c r="G33" s="24"/>
       <c r="H33" s="24"/>
     </row>
     <row r="34" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B34" s="14" t="s">
         <v>8</v>
       </c>
       <c r="C34" s="20" t="s">
         <v>25</v>
       </c>
       <c r="D34" s="14" t="s">
         <v>26</v>
       </c>
       <c r="E34" s="14" t="s">
         <v>27</v>
       </c>
       <c r="F34" s="14" t="s">
         <v>47</v>
       </c>
       <c r="G34" s="21" t="s">
         <v>22</v>
       </c>
@@ -3495,535 +3491,533 @@
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" s="32" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="24"/>
       <c r="B46" s="24"/>
       <c r="C46" s="24"/>
       <c r="D46" s="24"/>
       <c r="E46" s="27" t="s">
         <v>1</v>
       </c>
       <c r="F46" s="28">
         <f>SUM(F35:F45)</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" s="32" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="34"/>
       <c r="B47" s="35"/>
       <c r="C47" s="34"/>
       <c r="D47" s="24"/>
       <c r="E47" s="24"/>
       <c r="F47" s="24"/>
     </row>
     <row r="48" spans="1:9" s="32" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="104" t="s">
-[...7 lines deleted...]
-      <c r="G48" s="105"/>
+      <c r="A48" s="137" t="s">
+        <v>64</v>
+      </c>
+      <c r="B48" s="120"/>
+      <c r="C48" s="120"/>
+      <c r="D48" s="120"/>
+      <c r="E48" s="120"/>
+      <c r="F48" s="120"/>
+      <c r="G48" s="138"/>
       <c r="H48" s="15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="49" spans="1:8" s="32" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="91" t="s">
-[...7 lines deleted...]
-      <c r="G49" s="93"/>
+      <c r="A49" s="110"/>
+      <c r="B49" s="122"/>
+      <c r="C49" s="122"/>
+      <c r="D49" s="122"/>
+      <c r="E49" s="122"/>
+      <c r="F49" s="122"/>
+      <c r="G49" s="129"/>
       <c r="H49" s="10"/>
     </row>
     <row r="50" spans="1:8" s="32" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="34"/>
       <c r="B50" s="35"/>
       <c r="C50" s="34"/>
       <c r="D50" s="24"/>
       <c r="E50" s="24"/>
       <c r="F50" s="24"/>
     </row>
     <row r="51" spans="1:8" s="32" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="104" t="s">
-[...7 lines deleted...]
-      <c r="G51" s="105"/>
+      <c r="A51" s="137" t="s">
+        <v>60</v>
+      </c>
+      <c r="B51" s="120"/>
+      <c r="C51" s="120"/>
+      <c r="D51" s="120"/>
+      <c r="E51" s="120"/>
+      <c r="F51" s="120"/>
+      <c r="G51" s="138"/>
       <c r="H51" s="15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:8" s="32" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="91"/>
-[...5 lines deleted...]
-      <c r="G52" s="93"/>
+      <c r="A52" s="110"/>
+      <c r="B52" s="122"/>
+      <c r="C52" s="122"/>
+      <c r="D52" s="122"/>
+      <c r="E52" s="122"/>
+      <c r="F52" s="122"/>
+      <c r="G52" s="129"/>
       <c r="H52" s="10"/>
     </row>
     <row r="53" spans="1:8" s="32" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A53" s="34"/>
       <c r="B53" s="35"/>
       <c r="C53" s="34"/>
       <c r="D53" s="24"/>
       <c r="E53" s="24"/>
       <c r="F53" s="24"/>
     </row>
     <row r="54" spans="1:8" s="32" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="104" t="s">
-[...7 lines deleted...]
-      <c r="G54" s="105"/>
+      <c r="A54" s="137" t="s">
+        <v>61</v>
+      </c>
+      <c r="B54" s="120"/>
+      <c r="C54" s="120"/>
+      <c r="D54" s="120"/>
+      <c r="E54" s="120"/>
+      <c r="F54" s="120"/>
+      <c r="G54" s="138"/>
       <c r="H54" s="15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="55" spans="1:8" s="32" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A55" s="91"/>
-[...5 lines deleted...]
-      <c r="G55" s="93"/>
+      <c r="A55" s="110"/>
+      <c r="B55" s="122"/>
+      <c r="C55" s="122"/>
+      <c r="D55" s="122"/>
+      <c r="E55" s="122"/>
+      <c r="F55" s="122"/>
+      <c r="G55" s="129"/>
       <c r="H55" s="10"/>
     </row>
     <row r="56" spans="1:8" s="32" customFormat="1" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A56" s="29"/>
       <c r="B56" s="29"/>
       <c r="C56" s="29"/>
       <c r="D56" s="29"/>
       <c r="E56" s="29"/>
       <c r="F56" s="29"/>
       <c r="G56" s="29"/>
       <c r="H56" s="25"/>
     </row>
     <row r="57" spans="1:8" s="32" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A57" s="30"/>
       <c r="B57" s="30"/>
       <c r="C57" s="30"/>
-      <c r="D57" s="106" t="s">
-[...3 lines deleted...]
-      <c r="F57" s="107"/>
+      <c r="D57" s="116" t="s">
+        <v>70</v>
+      </c>
+      <c r="E57" s="117"/>
+      <c r="F57" s="117"/>
       <c r="G57" s="27"/>
       <c r="H57" s="31">
         <f>H26+G31+F46+H49+H52</f>
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8" s="32" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A58" s="30"/>
       <c r="B58" s="30"/>
       <c r="C58" s="30"/>
-      <c r="D58" s="106" t="s">
-[...3 lines deleted...]
-      <c r="F58" s="107"/>
+      <c r="D58" s="116" t="s">
+        <v>62</v>
+      </c>
+      <c r="E58" s="117"/>
+      <c r="F58" s="117"/>
       <c r="G58" s="27"/>
       <c r="H58" s="31">
         <f>H26+G31+F46+H49-H55</f>
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A59" s="30"/>
       <c r="B59" s="30"/>
       <c r="C59" s="30"/>
       <c r="D59" s="30"/>
       <c r="E59" s="30"/>
       <c r="F59" s="25"/>
     </row>
     <row r="60" spans="1:8" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A60" s="108" t="s">
-[...8 lines deleted...]
-      <c r="H60" s="109"/>
+      <c r="A60" s="83" t="s">
+        <v>72</v>
+      </c>
+      <c r="B60" s="83"/>
+      <c r="C60" s="83"/>
+      <c r="D60" s="83"/>
+      <c r="E60" s="83"/>
+      <c r="F60" s="118"/>
+      <c r="G60" s="118"/>
+      <c r="H60" s="118"/>
     </row>
     <row r="61" spans="1:8" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A61" s="108"/>
-[...6 lines deleted...]
-      <c r="H61" s="110"/>
+      <c r="A61" s="83"/>
+      <c r="B61" s="119"/>
+      <c r="C61" s="119"/>
+      <c r="D61" s="119"/>
+      <c r="E61" s="119"/>
+      <c r="F61" s="119"/>
+      <c r="G61" s="119"/>
+      <c r="H61" s="119"/>
     </row>
     <row r="62" spans="1:8" s="32" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="100" t="s">
+      <c r="A62" s="120" t="s">
         <v>48</v>
       </c>
-      <c r="B62" s="111"/>
+      <c r="B62" s="121"/>
       <c r="C62" s="36"/>
       <c r="D62" s="36"/>
       <c r="E62" s="36"/>
       <c r="F62" s="33"/>
       <c r="G62" s="33"/>
       <c r="H62" s="33"/>
     </row>
     <row r="63" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A63" s="11" t="s">
         <v>39</v>
       </c>
-      <c r="B63" s="92"/>
-[...5 lines deleted...]
-      <c r="H63" s="113"/>
+      <c r="B63" s="122"/>
+      <c r="C63" s="111"/>
+      <c r="D63" s="111"/>
+      <c r="E63" s="111"/>
+      <c r="F63" s="111"/>
+      <c r="G63" s="111"/>
+      <c r="H63" s="112"/>
     </row>
     <row r="64" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A64" s="11" t="s">
         <v>40</v>
       </c>
-      <c r="B64" s="92"/>
-[...5 lines deleted...]
-      <c r="H64" s="113"/>
+      <c r="B64" s="122"/>
+      <c r="C64" s="111"/>
+      <c r="D64" s="111"/>
+      <c r="E64" s="111"/>
+      <c r="F64" s="111"/>
+      <c r="G64" s="111"/>
+      <c r="H64" s="112"/>
     </row>
     <row r="65" spans="1:8" customFormat="1" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="98" t="s">
+      <c r="A65" s="104" t="s">
         <v>53</v>
       </c>
-      <c r="B65" s="114"/>
-[...5 lines deleted...]
-      <c r="H65" s="117"/>
+      <c r="B65" s="123"/>
+      <c r="C65" s="124"/>
+      <c r="D65" s="125"/>
+      <c r="E65" s="125"/>
+      <c r="F65" s="125"/>
+      <c r="G65" s="125"/>
+      <c r="H65" s="126"/>
     </row>
     <row r="66" spans="1:8" customFormat="1" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="98" t="s">
-[...8 lines deleted...]
-      <c r="H66" s="120"/>
+      <c r="A66" s="127" t="s">
+        <v>92</v>
+      </c>
+      <c r="B66" s="128"/>
+      <c r="C66" s="110"/>
+      <c r="D66" s="122"/>
+      <c r="E66" s="122"/>
+      <c r="F66" s="122"/>
+      <c r="G66" s="122"/>
+      <c r="H66" s="129"/>
     </row>
     <row r="67" spans="1:8" customFormat="1" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="98" t="s">
-[...4 lines deleted...]
-      <c r="D67" s="38"/>
+      <c r="A67" s="104" t="s">
+        <v>65</v>
+      </c>
+      <c r="B67" s="105"/>
+      <c r="C67" s="54"/>
+      <c r="D67" s="54"/>
       <c r="E67" s="38"/>
       <c r="F67" s="38"/>
       <c r="G67" s="38"/>
       <c r="H67" s="39"/>
     </row>
     <row r="68" spans="1:8" customFormat="1" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="133" t="s">
-[...3 lines deleted...]
-      <c r="C68" s="38"/>
+      <c r="A68" s="102" t="s">
+        <v>66</v>
+      </c>
+      <c r="B68" s="103"/>
+      <c r="C68" s="54"/>
       <c r="D68" s="38"/>
       <c r="E68" s="38"/>
       <c r="F68" s="38"/>
       <c r="G68" s="38"/>
       <c r="H68" s="39"/>
     </row>
     <row r="69" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="98" t="s">
+      <c r="A69" s="104" t="s">
         <v>41</v>
       </c>
-      <c r="B69" s="99"/>
-[...5 lines deleted...]
-      <c r="H69" s="137"/>
+      <c r="B69" s="105"/>
+      <c r="C69" s="106"/>
+      <c r="D69" s="107"/>
+      <c r="E69" s="107"/>
+      <c r="F69" s="107"/>
+      <c r="G69" s="107"/>
+      <c r="H69" s="108"/>
     </row>
     <row r="70" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="133" t="s">
+      <c r="A70" s="102" t="s">
         <v>42</v>
       </c>
-      <c r="B70" s="138"/>
-[...5 lines deleted...]
-      <c r="H70" s="134"/>
+      <c r="B70" s="109"/>
+      <c r="C70" s="109"/>
+      <c r="D70" s="109"/>
+      <c r="E70" s="109"/>
+      <c r="F70" s="109"/>
+      <c r="G70" s="109"/>
+      <c r="H70" s="103"/>
     </row>
     <row r="71" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="91"/>
-[...6 lines deleted...]
-      <c r="H71" s="113"/>
+      <c r="A71" s="110"/>
+      <c r="B71" s="111"/>
+      <c r="C71" s="111"/>
+      <c r="D71" s="111"/>
+      <c r="E71" s="111"/>
+      <c r="F71" s="111"/>
+      <c r="G71" s="111"/>
+      <c r="H71" s="112"/>
     </row>
     <row r="72" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="91"/>
-[...6 lines deleted...]
-      <c r="H72" s="113"/>
+      <c r="A72" s="110"/>
+      <c r="B72" s="111"/>
+      <c r="C72" s="111"/>
+      <c r="D72" s="111"/>
+      <c r="E72" s="111"/>
+      <c r="F72" s="111"/>
+      <c r="G72" s="111"/>
+      <c r="H72" s="112"/>
     </row>
     <row r="73" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="91"/>
-[...6 lines deleted...]
-      <c r="H73" s="113"/>
+      <c r="A73" s="110"/>
+      <c r="B73" s="111"/>
+      <c r="C73" s="111"/>
+      <c r="D73" s="111"/>
+      <c r="E73" s="111"/>
+      <c r="F73" s="111"/>
+      <c r="G73" s="111"/>
+      <c r="H73" s="112"/>
     </row>
     <row r="74" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="91"/>
-[...6 lines deleted...]
-      <c r="H74" s="113"/>
+      <c r="A74" s="110"/>
+      <c r="B74" s="111"/>
+      <c r="C74" s="111"/>
+      <c r="D74" s="111"/>
+      <c r="E74" s="111"/>
+      <c r="F74" s="111"/>
+      <c r="G74" s="111"/>
+      <c r="H74" s="112"/>
     </row>
     <row r="75" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A75" s="91"/>
-[...6 lines deleted...]
-      <c r="H75" s="113"/>
+      <c r="A75" s="110"/>
+      <c r="B75" s="111"/>
+      <c r="C75" s="111"/>
+      <c r="D75" s="111"/>
+      <c r="E75" s="111"/>
+      <c r="F75" s="111"/>
+      <c r="G75" s="111"/>
+      <c r="H75" s="112"/>
     </row>
     <row r="76" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="139" t="s">
+      <c r="A76" s="113" t="s">
         <v>28</v>
       </c>
-      <c r="B76" s="140"/>
-[...5 lines deleted...]
-      <c r="H76" s="141"/>
+      <c r="B76" s="114"/>
+      <c r="C76" s="114"/>
+      <c r="D76" s="114"/>
+      <c r="E76" s="114"/>
+      <c r="F76" s="114"/>
+      <c r="G76" s="114"/>
+      <c r="H76" s="115"/>
     </row>
     <row r="77" spans="1:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="130"/>
-[...6 lines deleted...]
-      <c r="H77" s="132"/>
+      <c r="A77" s="99"/>
+      <c r="B77" s="100"/>
+      <c r="C77" s="100"/>
+      <c r="D77" s="100"/>
+      <c r="E77" s="100"/>
+      <c r="F77" s="100"/>
+      <c r="G77" s="100"/>
+      <c r="H77" s="101"/>
     </row>
     <row r="78" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="79" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A79" s="27" t="s">
         <v>2</v>
       </c>
       <c r="B79" s="24"/>
     </row>
     <row r="80" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A80" s="121"/>
-[...6 lines deleted...]
-      <c r="H80" s="129"/>
+      <c r="A80" s="90"/>
+      <c r="B80" s="91"/>
+      <c r="C80" s="91"/>
+      <c r="D80" s="92"/>
+      <c r="E80" s="96"/>
+      <c r="F80" s="97"/>
+      <c r="G80" s="97"/>
+      <c r="H80" s="98"/>
     </row>
     <row r="81" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A81" s="124"/>
-[...6 lines deleted...]
-      <c r="H81" s="132"/>
+      <c r="A81" s="93"/>
+      <c r="B81" s="94"/>
+      <c r="C81" s="94"/>
+      <c r="D81" s="95"/>
+      <c r="E81" s="99"/>
+      <c r="F81" s="100"/>
+      <c r="G81" s="100"/>
+      <c r="H81" s="101"/>
     </row>
     <row r="82" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="148" t="s">
-[...5 lines deleted...]
-      <c r="E82" s="148" t="s">
+      <c r="A82" s="87" t="s">
         <v>59</v>
       </c>
-      <c r="F82" s="149"/>
-[...1 lines deleted...]
-      <c r="H82" s="150"/>
+      <c r="B82" s="88"/>
+      <c r="C82" s="88"/>
+      <c r="D82" s="89"/>
+      <c r="E82" s="87" t="s">
+        <v>58</v>
+      </c>
+      <c r="F82" s="88"/>
+      <c r="G82" s="88"/>
+      <c r="H82" s="89"/>
     </row>
     <row r="83" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="84" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="85" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="108" t="s">
+      <c r="A85" s="83" t="s">
         <v>30</v>
       </c>
-      <c r="B85" s="108"/>
-[...5 lines deleted...]
-      <c r="H85" s="108"/>
+      <c r="B85" s="83"/>
+      <c r="C85" s="83"/>
+      <c r="D85" s="83"/>
+      <c r="E85" s="83"/>
+      <c r="F85" s="83"/>
+      <c r="G85" s="83"/>
+      <c r="H85" s="83"/>
     </row>
     <row r="86" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="145" t="s">
+      <c r="A86" s="84" t="s">
         <v>50</v>
       </c>
-      <c r="B86" s="146"/>
-[...5 lines deleted...]
-      <c r="H86" s="147"/>
+      <c r="B86" s="85"/>
+      <c r="C86" s="85"/>
+      <c r="D86" s="85"/>
+      <c r="E86" s="85"/>
+      <c r="F86" s="85"/>
+      <c r="G86" s="85"/>
+      <c r="H86" s="86"/>
     </row>
     <row r="87" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="142" t="s">
+      <c r="A87" s="80" t="s">
         <v>51</v>
       </c>
-      <c r="B87" s="143"/>
-[...5 lines deleted...]
-      <c r="H87" s="144"/>
+      <c r="B87" s="81"/>
+      <c r="C87" s="81"/>
+      <c r="D87" s="81"/>
+      <c r="E87" s="81"/>
+      <c r="F87" s="81"/>
+      <c r="G87" s="81"/>
+      <c r="H87" s="82"/>
     </row>
     <row r="88" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="89" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="90" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="91" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="92" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="93" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="94" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="b9GZ4yrtCtCqA/MLvUnlsatGNag+Da5OTOqSoDKPCaktxwx0J0UxHvmqqKhnKzprDlXh4Gl3dZU5YYNUDy5kGQ==" saltValue="yUsz7rmedV0UopiHvghgTg==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="0tNQn9ACjcRMnzLQBm1Tm1gltuiFw6t5G88fn3P7n5eYXvKGq7OkNCm2Vx/UlOQTG+yczs72WFHxp8VhkJbCrQ==" saltValue="MPdPOAMpE7simcjwyy1Y8g==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" sort="0" autoFilter="0"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="G8FCqYnNGEbwm47Mm+qypfzLb/7yy+ThdUBLZi5hLZZvg8WgKRV0cJ1h1FOYGD/S5y0/cTdZbG+Ntpnw6QHCVg==" saltValue="uHbnk2NGoWPeDEMXYRJPVA==" spinCount="100000" sqref="H57:H58" name="Subtotals"/>
     <protectedRange algorithmName="SHA-512" hashValue="AFf+Ygyt30qC3VjIjR/FoX65A+0MChGCEIE/RVzqFM1hp+p6STvgHh5cd77NfnoTM/a6HpyR1TtCvCGnnQkWKg==" saltValue="szv2UzXW8KEfxXC4nlkDyA==" spinCount="100000" sqref="F46" name="sum3"/>
     <protectedRange algorithmName="SHA-512" hashValue="T+GTJQgyolKPeng7A0y6zpuCuC+LhONSb5grNbFV1HWHEehpG1uljrltht/g8g0mbHwLTkRS5jBJ9LykP1skgw==" saltValue="ctMm6Ga1jAY47hLKAy2gRA==" spinCount="100000" sqref="G31" name="sum2"/>
     <protectedRange algorithmName="SHA-512" hashValue="PamX35JXzBUhbM7xpipAS7YxQDLV8r2eby3y0L9nGo7WfiuI1zuQGffPrd6HbMg2LylxMjzpEuXXpDsAG21Xow==" saltValue="cx4gNGR0o+vGEXvY3hgo9w==" spinCount="100000" sqref="H26" name="sum1"/>
     <protectedRange algorithmName="SHA-512" hashValue="tH5UeMtkKc287tuCPTiXa6k2/Kt0xpCkP4fihO9q3EoGarOZhNqi6/T+5cxqMUGPj05uxhnTKEwGFsia9pMLHQ==" saltValue="VDXR5yh4XjyiRrqgtU9toA==" spinCount="100000" sqref="F35:F46" name="Perdiem2"/>
     <protectedRange algorithmName="SHA-512" hashValue="XXEobwdnjt3H6iZz6RXFCm6iXpcvsKulge5vPCxMYvtQRvb5idLDkslSs8HD1sd/XzPNtSsTudYJon9hFassTg==" saltValue="CaPSxVcLfQMWwqqbuDQviw==" spinCount="100000" sqref="G32:G34" name="perdiem1"/>
   </protectedRanges>
   <mergeCells count="49">
-    <mergeCell ref="A87:H87"/>
-[...3 lines deleted...]
-    <mergeCell ref="E82:H82"/>
+    <mergeCell ref="B8:H8"/>
+    <mergeCell ref="A1:G3"/>
+    <mergeCell ref="H1:H3"/>
+    <mergeCell ref="B5:F5"/>
+    <mergeCell ref="B6:H6"/>
+    <mergeCell ref="B7:H7"/>
+    <mergeCell ref="A55:G55"/>
+    <mergeCell ref="A10:B10"/>
+    <mergeCell ref="C10:H10"/>
+    <mergeCell ref="A11:B11"/>
+    <mergeCell ref="C11:H11"/>
+    <mergeCell ref="A27:C27"/>
+    <mergeCell ref="A33:B33"/>
+    <mergeCell ref="C33:F33"/>
+    <mergeCell ref="A48:G48"/>
+    <mergeCell ref="A49:G49"/>
+    <mergeCell ref="A51:G51"/>
+    <mergeCell ref="A52:G52"/>
+    <mergeCell ref="A54:G54"/>
+    <mergeCell ref="A67:B67"/>
+    <mergeCell ref="D57:F57"/>
+    <mergeCell ref="D58:F58"/>
+    <mergeCell ref="A60:H60"/>
+    <mergeCell ref="A61:H61"/>
+    <mergeCell ref="A62:B62"/>
+    <mergeCell ref="B63:H63"/>
+    <mergeCell ref="B64:H64"/>
+    <mergeCell ref="A65:B65"/>
+    <mergeCell ref="C65:H65"/>
+    <mergeCell ref="A66:B66"/>
+    <mergeCell ref="C66:H66"/>
     <mergeCell ref="A80:D81"/>
     <mergeCell ref="E80:H81"/>
     <mergeCell ref="A68:B68"/>
     <mergeCell ref="A69:B69"/>
     <mergeCell ref="C69:H69"/>
     <mergeCell ref="A70:H70"/>
     <mergeCell ref="A71:H71"/>
     <mergeCell ref="A72:H72"/>
     <mergeCell ref="A73:H73"/>
     <mergeCell ref="A74:H74"/>
     <mergeCell ref="A75:H75"/>
     <mergeCell ref="A76:H76"/>
     <mergeCell ref="A77:H77"/>
-    <mergeCell ref="A67:B67"/>
-[...29 lines deleted...]
-    <mergeCell ref="B7:H7"/>
+    <mergeCell ref="A87:H87"/>
+    <mergeCell ref="A85:H85"/>
+    <mergeCell ref="A86:H86"/>
+    <mergeCell ref="A82:D82"/>
+    <mergeCell ref="E82:H82"/>
   </mergeCells>
   <dataValidations count="3">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A29:A30" xr:uid="{EEF6C22D-61D1-4015-B82F-079B939B7C25}">
       <formula1>1</formula1>
       <formula2>99</formula2>
     </dataValidation>
     <dataValidation type="date" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B35:B45" xr:uid="{A9C82430-B034-4712-A23A-CF9C13EFF96B}">
       <formula1>42369</formula1>
       <formula2>2957003</formula2>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C35:E45" xr:uid="{0659AC25-683B-47D1-8664-9F13AB10B352}">
       <formula1>"X,x"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="84" fitToHeight="2" orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="60" max="7" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
@@ -4041,25 +4035,54 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Travel Claim Rules</vt:lpstr>
       <vt:lpstr>Travel Claim</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Heike</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_SetDate">
+    <vt:lpwstr>2026-01-21T13:41:04Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Name">
+    <vt:lpwstr>Varin</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_SiteId">
+    <vt:lpwstr>764a306d-0a68-45ad-9f07-6f1804447cd4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_ActionId">
+    <vt:lpwstr>def1b086-7bb7-4b29-a204-34d440d59b27</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>