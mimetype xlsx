--- v0 (2025-12-22)
+++ v1 (2026-03-03)
@@ -1,61 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr date1904="1" showInkAnnotation="0" codeName="ThisWorkbook" autoCompressPictures="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\kolbrun.reynisdottir\IASC Dropbox\IASC Team Folder\Secretariat\IASC Forms\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5806F9BA-E52A-4F81-AC9A-59E51868D47F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1C1068CF-52E1-41BC-99DE-93F53212FE36}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="41760" yWindow="-4215" windowWidth="21900" windowHeight="19065" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="32580" yWindow="870" windowWidth="21600" windowHeight="11295" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Travel Claim Rules" sheetId="3" r:id="rId1"/>
     <sheet name="Travel Claim" sheetId="1" r:id="rId2"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{79F54976-1DA5-4618-B147-4CDE4B953A38}">
       <x14:workbookPr defaultImageDpi="330"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{7523E5D3-25F3-A5E0-1632-64F254C22452}">
       <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -364,53 +365,50 @@
       <t>(Travel information)</t>
     </r>
   </si>
   <si>
     <t>Per Diem/Day in EUR</t>
   </si>
   <si>
     <t>Bank Details for Payment:</t>
   </si>
   <si>
     <t>Amount Local</t>
   </si>
   <si>
     <t>IASC Secretariat / Borgir, Nordurslod / 600 Akureyri / ICELAND</t>
   </si>
   <si>
     <t>E-mail: info@iasc.info   Phone: +354 515 5824   www.iasc.info</t>
   </si>
   <si>
     <t>Office Use Only</t>
   </si>
   <si>
     <t>Account Holder Street Address:</t>
   </si>
   <si>
-    <t>Account Holder Street Address (line 2):</t>
-[...1 lines deleted...]
-  <si>
     <t>Date of Purchase</t>
   </si>
   <si>
     <t>Date of Travel</t>
   </si>
   <si>
     <t>Local Currency</t>
   </si>
   <si>
     <t>Cost/Total Local</t>
   </si>
   <si>
     <t>Date, IASC Signature</t>
   </si>
   <si>
     <t>Transfer Amount</t>
   </si>
   <si>
     <t>E. Expenses billed to IASC directly (via travel agent, credit card, etc.)</t>
   </si>
   <si>
     <t>Title of Meeting or Reason for Travel:</t>
   </si>
   <si>
     <t xml:space="preserve">D. Any other Expenses, please specify: (e.g., credit card interest charges, visa fees, etc.) </t>
@@ -785,50 +783,53 @@
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>dinner -50%</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>. Travel days qualify for half per diem allowance.</t>
     </r>
   </si>
   <si>
     <t>Legit receipts and boarding passes must be provided for all expenses claimed except food. Scans are acceptable.
 Please note that credit card slips, or credit card transaction overview are not legit receipts.</t>
   </si>
   <si>
     <t>Legit Receipts for all cost items claimed</t>
+  </si>
+  <si>
+    <t>Account Holder Postal Code, City, Country:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Verdana"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Verdana"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="16"/>
@@ -1326,51 +1327,51 @@
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="151">
+  <cellXfs count="152">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="20" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="4" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center"/>
@@ -1486,50 +1487,54 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="8" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="8" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="5" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -1589,59 +1594,59 @@
     <xf numFmtId="0" fontId="11" fillId="4" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="4" fillId="3" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -1743,78 +1748,78 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="3" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center" vertical="center"/>
+      <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...10 lines deleted...]
-      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
@@ -2324,485 +2329,485 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2B0EF968-5A94-4CFD-8B49-40CDC19D5992}">
   <sheetPr codeName="Sheet2"/>
   <dimension ref="B1:J42"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="98" zoomScaleNormal="98" zoomScalePageLayoutView="150" workbookViewId="0">
       <selection activeCell="O17" sqref="O17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.375" style="41" customWidth="1"/>
     <col min="2" max="2" width="3.375" style="42" customWidth="1"/>
     <col min="3" max="3" width="10.875" style="41" customWidth="1"/>
     <col min="4" max="4" width="3" style="41" customWidth="1"/>
     <col min="5" max="5" width="2" style="41" customWidth="1"/>
     <col min="6" max="7" width="10.875" style="41" customWidth="1"/>
     <col min="8" max="8" width="12.375" style="41" customWidth="1"/>
     <col min="9" max="9" width="10" style="41" customWidth="1"/>
     <col min="10" max="10" width="31.875" style="41" customWidth="1"/>
     <col min="11" max="16384" width="7.375" style="41"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:10" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B2" s="63" t="s">
-[...9 lines deleted...]
-      <c r="J2" s="65"/>
+      <c r="B2" s="64" t="s">
+        <v>73</v>
+      </c>
+      <c r="C2" s="65"/>
+      <c r="D2" s="65"/>
+      <c r="E2" s="65"/>
+      <c r="F2" s="65"/>
+      <c r="G2" s="65"/>
+      <c r="H2" s="65"/>
+      <c r="I2" s="65"/>
+      <c r="J2" s="66"/>
     </row>
     <row r="3" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B3" s="66"/>
-[...7 lines deleted...]
-      <c r="J3" s="68"/>
+      <c r="B3" s="67"/>
+      <c r="C3" s="68"/>
+      <c r="D3" s="68"/>
+      <c r="E3" s="68"/>
+      <c r="F3" s="68"/>
+      <c r="G3" s="68"/>
+      <c r="H3" s="68"/>
+      <c r="I3" s="68"/>
+      <c r="J3" s="69"/>
     </row>
     <row r="4" spans="2:10" ht="12.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="69"/>
-[...7 lines deleted...]
-      <c r="J4" s="71"/>
+      <c r="B4" s="70"/>
+      <c r="C4" s="71"/>
+      <c r="D4" s="71"/>
+      <c r="E4" s="71"/>
+      <c r="F4" s="71"/>
+      <c r="G4" s="71"/>
+      <c r="H4" s="71"/>
+      <c r="I4" s="71"/>
+      <c r="J4" s="72"/>
     </row>
     <row r="5" spans="2:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="C5" s="72"/>
-[...6 lines deleted...]
-      <c r="J5" s="72"/>
+      <c r="C5" s="73"/>
+      <c r="D5" s="73"/>
+      <c r="E5" s="73"/>
+      <c r="F5" s="73"/>
+      <c r="G5" s="73"/>
+      <c r="H5" s="73"/>
+      <c r="I5" s="73"/>
+      <c r="J5" s="73"/>
     </row>
     <row r="6" spans="2:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C6" s="43"/>
       <c r="D6" s="44"/>
       <c r="E6" s="43"/>
       <c r="F6" s="45" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="G6" s="43"/>
       <c r="H6" s="43"/>
       <c r="I6" s="43"/>
       <c r="J6" s="43"/>
     </row>
     <row r="7" spans="2:10" ht="8.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C7" s="43"/>
       <c r="D7" s="43"/>
       <c r="E7" s="43"/>
       <c r="F7" s="45"/>
       <c r="G7" s="43"/>
       <c r="H7" s="43"/>
       <c r="I7" s="43"/>
       <c r="J7" s="43"/>
     </row>
     <row r="8" spans="2:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C8" s="43"/>
       <c r="D8" s="44"/>
       <c r="E8" s="43"/>
       <c r="F8" s="45" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="G8" s="43"/>
       <c r="H8" s="43"/>
       <c r="I8" s="43"/>
       <c r="J8" s="43"/>
     </row>
     <row r="9" spans="2:10" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="C9" s="43"/>
       <c r="D9" s="43"/>
       <c r="E9" s="43"/>
       <c r="F9" s="43"/>
       <c r="G9" s="43"/>
       <c r="H9" s="43"/>
       <c r="I9" s="43"/>
       <c r="J9" s="43"/>
     </row>
     <row r="10" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B10" s="73" t="s">
+      <c r="B10" s="74" t="s">
         <v>44</v>
       </c>
-      <c r="C10" s="74"/>
-[...6 lines deleted...]
-      <c r="J10" s="75"/>
+      <c r="C10" s="75"/>
+      <c r="D10" s="75"/>
+      <c r="E10" s="75"/>
+      <c r="F10" s="75"/>
+      <c r="G10" s="75"/>
+      <c r="H10" s="75"/>
+      <c r="I10" s="75"/>
+      <c r="J10" s="76"/>
     </row>
     <row r="11" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B11" s="76"/>
-[...7 lines deleted...]
-      <c r="J11" s="78"/>
+      <c r="B11" s="77"/>
+      <c r="C11" s="78"/>
+      <c r="D11" s="78"/>
+      <c r="E11" s="78"/>
+      <c r="F11" s="78"/>
+      <c r="G11" s="78"/>
+      <c r="H11" s="78"/>
+      <c r="I11" s="78"/>
+      <c r="J11" s="79"/>
     </row>
     <row r="12" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B12" s="76"/>
-[...7 lines deleted...]
-      <c r="J12" s="78"/>
+      <c r="B12" s="77"/>
+      <c r="C12" s="78"/>
+      <c r="D12" s="78"/>
+      <c r="E12" s="78"/>
+      <c r="F12" s="78"/>
+      <c r="G12" s="78"/>
+      <c r="H12" s="78"/>
+      <c r="I12" s="78"/>
+      <c r="J12" s="79"/>
     </row>
     <row r="13" spans="2:10" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B13" s="54" t="s">
-[...9 lines deleted...]
-      <c r="J13" s="56"/>
+      <c r="B13" s="55" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" s="56"/>
+      <c r="D13" s="56"/>
+      <c r="E13" s="56"/>
+      <c r="F13" s="56"/>
+      <c r="G13" s="56"/>
+      <c r="H13" s="56"/>
+      <c r="I13" s="56"/>
+      <c r="J13" s="57"/>
     </row>
     <row r="14" spans="2:10" s="46" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B14" s="47">
         <v>1</v>
       </c>
-      <c r="C14" s="57" t="s">
-[...8 lines deleted...]
-      <c r="J14" s="58"/>
+      <c r="C14" s="58" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" s="58"/>
+      <c r="E14" s="58"/>
+      <c r="F14" s="58"/>
+      <c r="G14" s="58"/>
+      <c r="H14" s="58"/>
+      <c r="I14" s="58"/>
+      <c r="J14" s="59"/>
     </row>
     <row r="15" spans="2:10" s="46" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B15" s="47">
         <v>2</v>
       </c>
-      <c r="C15" s="57" t="s">
-[...8 lines deleted...]
-      <c r="J15" s="58"/>
+      <c r="C15" s="58" t="s">
+        <v>77</v>
+      </c>
+      <c r="D15" s="58"/>
+      <c r="E15" s="58"/>
+      <c r="F15" s="58"/>
+      <c r="G15" s="58"/>
+      <c r="H15" s="58"/>
+      <c r="I15" s="58"/>
+      <c r="J15" s="59"/>
     </row>
     <row r="16" spans="2:10" s="46" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B16" s="47">
         <v>3</v>
       </c>
-      <c r="C16" s="57" t="s">
-[...8 lines deleted...]
-      <c r="J16" s="58"/>
+      <c r="C16" s="58" t="s">
+        <v>90</v>
+      </c>
+      <c r="D16" s="58"/>
+      <c r="E16" s="58"/>
+      <c r="F16" s="58"/>
+      <c r="G16" s="58"/>
+      <c r="H16" s="58"/>
+      <c r="I16" s="58"/>
+      <c r="J16" s="59"/>
     </row>
     <row r="17" spans="2:10" s="46" customFormat="1" ht="33.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B17" s="47">
         <v>4</v>
       </c>
-      <c r="C17" s="57" t="s">
-[...8 lines deleted...]
-      <c r="J17" s="58"/>
+      <c r="C17" s="58" t="s">
+        <v>78</v>
+      </c>
+      <c r="D17" s="58"/>
+      <c r="E17" s="58"/>
+      <c r="F17" s="58"/>
+      <c r="G17" s="58"/>
+      <c r="H17" s="58"/>
+      <c r="I17" s="58"/>
+      <c r="J17" s="59"/>
     </row>
     <row r="18" spans="2:10" s="46" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B18" s="47">
         <v>5</v>
       </c>
-      <c r="C18" s="57" t="s">
-[...8 lines deleted...]
-      <c r="J18" s="58"/>
+      <c r="C18" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="D18" s="58"/>
+      <c r="E18" s="58"/>
+      <c r="F18" s="58"/>
+      <c r="G18" s="58"/>
+      <c r="H18" s="58"/>
+      <c r="I18" s="58"/>
+      <c r="J18" s="59"/>
     </row>
     <row r="19" spans="2:10" s="46" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B19" s="48">
         <v>6</v>
       </c>
-      <c r="C19" s="61" t="s">
-[...8 lines deleted...]
-      <c r="J19" s="62"/>
+      <c r="C19" s="62" t="s">
+        <v>80</v>
+      </c>
+      <c r="D19" s="62"/>
+      <c r="E19" s="62"/>
+      <c r="F19" s="62"/>
+      <c r="G19" s="62"/>
+      <c r="H19" s="62"/>
+      <c r="I19" s="62"/>
+      <c r="J19" s="63"/>
     </row>
     <row r="20" spans="2:10" s="46" customFormat="1" ht="11.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B20" s="49"/>
       <c r="C20" s="50"/>
       <c r="D20" s="50"/>
       <c r="E20" s="50"/>
       <c r="F20" s="50"/>
       <c r="G20" s="50"/>
       <c r="H20" s="50"/>
       <c r="I20" s="50"/>
       <c r="J20" s="50"/>
     </row>
     <row r="21" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B21" s="49"/>
     </row>
     <row r="22" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B22" s="54" t="s">
+      <c r="B22" s="55" t="s">
         <v>5</v>
       </c>
-      <c r="C22" s="55"/>
-[...6 lines deleted...]
-      <c r="J22" s="56"/>
+      <c r="C22" s="56"/>
+      <c r="D22" s="56"/>
+      <c r="E22" s="56"/>
+      <c r="F22" s="56"/>
+      <c r="G22" s="56"/>
+      <c r="H22" s="56"/>
+      <c r="I22" s="56"/>
+      <c r="J22" s="57"/>
     </row>
     <row r="23" spans="2:10" s="46" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B23" s="47">
         <v>1</v>
       </c>
-      <c r="C23" s="57" t="s">
-[...8 lines deleted...]
-      <c r="J23" s="58"/>
+      <c r="C23" s="58" t="s">
+        <v>81</v>
+      </c>
+      <c r="D23" s="58"/>
+      <c r="E23" s="58"/>
+      <c r="F23" s="58"/>
+      <c r="G23" s="58"/>
+      <c r="H23" s="58"/>
+      <c r="I23" s="58"/>
+      <c r="J23" s="59"/>
     </row>
     <row r="24" spans="2:10" s="46" customFormat="1" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B24" s="51">
         <v>2</v>
       </c>
-      <c r="C24" s="59" t="s">
-[...8 lines deleted...]
-      <c r="J24" s="60"/>
+      <c r="C24" s="60" t="s">
+        <v>82</v>
+      </c>
+      <c r="D24" s="60"/>
+      <c r="E24" s="60"/>
+      <c r="F24" s="60"/>
+      <c r="G24" s="60"/>
+      <c r="H24" s="60"/>
+      <c r="I24" s="60"/>
+      <c r="J24" s="61"/>
     </row>
     <row r="25" spans="2:10" s="46" customFormat="1" ht="33.950000000000003" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B25" s="47">
         <v>3</v>
       </c>
-      <c r="C25" s="57" t="s">
-[...8 lines deleted...]
-      <c r="J25" s="58"/>
+      <c r="C25" s="58" t="s">
+        <v>83</v>
+      </c>
+      <c r="D25" s="58"/>
+      <c r="E25" s="58"/>
+      <c r="F25" s="58"/>
+      <c r="G25" s="58"/>
+      <c r="H25" s="58"/>
+      <c r="I25" s="58"/>
+      <c r="J25" s="59"/>
     </row>
     <row r="26" spans="2:10" s="46" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B26" s="48">
         <v>4</v>
       </c>
-      <c r="C26" s="61" t="s">
-[...8 lines deleted...]
-      <c r="J26" s="62"/>
+      <c r="C26" s="62" t="s">
+        <v>84</v>
+      </c>
+      <c r="D26" s="62"/>
+      <c r="E26" s="62"/>
+      <c r="F26" s="62"/>
+      <c r="G26" s="62"/>
+      <c r="H26" s="62"/>
+      <c r="I26" s="62"/>
+      <c r="J26" s="63"/>
     </row>
     <row r="27" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B27" s="49"/>
       <c r="C27" s="52"/>
       <c r="D27" s="52"/>
       <c r="E27" s="52"/>
       <c r="F27" s="52"/>
       <c r="G27" s="52"/>
       <c r="H27" s="52"/>
       <c r="I27" s="52"/>
       <c r="J27" s="52"/>
     </row>
     <row r="28" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B28" s="54" t="s">
-[...9 lines deleted...]
-      <c r="J28" s="56"/>
+      <c r="B28" s="55" t="s">
+        <v>67</v>
+      </c>
+      <c r="C28" s="56"/>
+      <c r="D28" s="56"/>
+      <c r="E28" s="56"/>
+      <c r="F28" s="56"/>
+      <c r="G28" s="56"/>
+      <c r="H28" s="56"/>
+      <c r="I28" s="56"/>
+      <c r="J28" s="57"/>
     </row>
     <row r="29" spans="2:10" s="46" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B29" s="47">
         <v>1</v>
       </c>
-      <c r="C29" s="57" t="s">
-[...8 lines deleted...]
-      <c r="J29" s="58"/>
+      <c r="C29" s="58" t="s">
+        <v>88</v>
+      </c>
+      <c r="D29" s="58"/>
+      <c r="E29" s="58"/>
+      <c r="F29" s="58"/>
+      <c r="G29" s="58"/>
+      <c r="H29" s="58"/>
+      <c r="I29" s="58"/>
+      <c r="J29" s="59"/>
     </row>
     <row r="30" spans="2:10" s="46" customFormat="1" ht="27.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B30" s="47">
         <v>2</v>
       </c>
-      <c r="C30" s="57" t="s">
-[...8 lines deleted...]
-      <c r="J30" s="58"/>
+      <c r="C30" s="58" t="s">
+        <v>85</v>
+      </c>
+      <c r="D30" s="58"/>
+      <c r="E30" s="58"/>
+      <c r="F30" s="58"/>
+      <c r="G30" s="58"/>
+      <c r="H30" s="58"/>
+      <c r="I30" s="58"/>
+      <c r="J30" s="59"/>
     </row>
     <row r="31" spans="2:10" s="46" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B31" s="48">
         <v>3</v>
       </c>
-      <c r="C31" s="61" t="s">
-[...8 lines deleted...]
-      <c r="J31" s="62"/>
+      <c r="C31" s="62" t="s">
+        <v>86</v>
+      </c>
+      <c r="D31" s="62"/>
+      <c r="E31" s="62"/>
+      <c r="F31" s="62"/>
+      <c r="G31" s="62"/>
+      <c r="H31" s="62"/>
+      <c r="I31" s="62"/>
+      <c r="J31" s="63"/>
     </row>
     <row r="32" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B32" s="49"/>
       <c r="C32" s="52"/>
       <c r="D32" s="52"/>
       <c r="E32" s="52"/>
       <c r="F32" s="52"/>
       <c r="G32" s="52"/>
       <c r="H32" s="52"/>
       <c r="I32" s="52"/>
       <c r="J32" s="52"/>
     </row>
     <row r="33" spans="2:10" s="46" customFormat="1" ht="21.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="B33" s="54" t="s">
+      <c r="B33" s="55" t="s">
         <v>0</v>
       </c>
-      <c r="C33" s="55"/>
-[...6 lines deleted...]
-      <c r="J33" s="56"/>
+      <c r="C33" s="56"/>
+      <c r="D33" s="56"/>
+      <c r="E33" s="56"/>
+      <c r="F33" s="56"/>
+      <c r="G33" s="56"/>
+      <c r="H33" s="56"/>
+      <c r="I33" s="56"/>
+      <c r="J33" s="57"/>
     </row>
     <row r="34" spans="2:10" s="46" customFormat="1" ht="47.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B34" s="47">
         <v>1</v>
       </c>
-      <c r="C34" s="57" t="s">
-[...8 lines deleted...]
-      <c r="J34" s="58"/>
+      <c r="C34" s="58" t="s">
+        <v>89</v>
+      </c>
+      <c r="D34" s="58"/>
+      <c r="E34" s="58"/>
+      <c r="F34" s="58"/>
+      <c r="G34" s="58"/>
+      <c r="H34" s="58"/>
+      <c r="I34" s="58"/>
+      <c r="J34" s="59"/>
     </row>
     <row r="35" spans="2:10" s="46" customFormat="1" ht="27" customHeight="1" x14ac:dyDescent="0.2">
       <c r="B35" s="48">
         <v>2</v>
       </c>
-      <c r="C35" s="61" t="s">
-[...8 lines deleted...]
-      <c r="J35" s="62"/>
+      <c r="C35" s="62" t="s">
+        <v>87</v>
+      </c>
+      <c r="D35" s="62"/>
+      <c r="E35" s="62"/>
+      <c r="F35" s="62"/>
+      <c r="G35" s="62"/>
+      <c r="H35" s="62"/>
+      <c r="I35" s="62"/>
+      <c r="J35" s="63"/>
     </row>
     <row r="36" spans="2:10" ht="23.1" customHeight="1" x14ac:dyDescent="0.2">
       <c r="C36" s="53"/>
       <c r="D36" s="53"/>
       <c r="E36" s="53"/>
       <c r="F36" s="53"/>
       <c r="G36" s="53"/>
       <c r="H36" s="53"/>
       <c r="I36" s="53"/>
       <c r="J36" s="53"/>
     </row>
     <row r="37" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="38" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="39" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="40" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="41" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="42" spans="2:10" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <sheetProtection formatCells="0" formatColumns="0" formatRows="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" sort="0" autoFilter="0"/>
   <mergeCells count="22">
     <mergeCell ref="C34:J34"/>
     <mergeCell ref="C35:J35"/>
     <mergeCell ref="B28:J28"/>
     <mergeCell ref="C29:J29"/>
     <mergeCell ref="C30:J30"/>
@@ -2812,237 +2817,237 @@
     <mergeCell ref="C5:J5"/>
     <mergeCell ref="B10:J12"/>
     <mergeCell ref="B13:J13"/>
     <mergeCell ref="C19:J19"/>
     <mergeCell ref="C14:J14"/>
     <mergeCell ref="C15:J15"/>
     <mergeCell ref="C16:J16"/>
     <mergeCell ref="C17:J17"/>
     <mergeCell ref="C18:J18"/>
     <mergeCell ref="B22:J22"/>
     <mergeCell ref="C23:J23"/>
     <mergeCell ref="C24:J24"/>
     <mergeCell ref="C25:J25"/>
     <mergeCell ref="C26:J26"/>
   </mergeCells>
   <pageMargins left="0.25" right="0.25" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="84" fitToHeight="2" orientation="portrait" horizontalDpi="4294967292" verticalDpi="4294967292" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet1"/>
   <dimension ref="A1:I91"/>
   <sheetViews>
-    <sheetView topLeftCell="A53" zoomScale="124" zoomScaleNormal="124" zoomScalePageLayoutView="150" workbookViewId="0">
-      <selection activeCell="H49" sqref="H49"/>
+    <sheetView zoomScaleNormal="100" zoomScalePageLayoutView="150" workbookViewId="0">
+      <selection activeCell="C66" sqref="C66:H66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="10.875" style="27" customWidth="1"/>
-    <col min="2" max="2" width="11.875" style="27" customWidth="1"/>
+    <col min="1" max="1" width="12.625" style="27" customWidth="1"/>
+    <col min="2" max="2" width="14.5" style="27" customWidth="1"/>
     <col min="3" max="5" width="10.875" style="27" customWidth="1"/>
     <col min="6" max="6" width="12.375" style="27" customWidth="1"/>
     <col min="7" max="7" width="10" style="27" customWidth="1"/>
     <col min="8" max="8" width="13.125" style="27" customWidth="1"/>
     <col min="9" max="16384" width="7.375" style="27"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="115" t="s">
-[...8 lines deleted...]
-      <c r="H1" s="121" t="s">
+      <c r="A1" s="116" t="s">
+        <v>68</v>
+      </c>
+      <c r="B1" s="117"/>
+      <c r="C1" s="117"/>
+      <c r="D1" s="117"/>
+      <c r="E1" s="117"/>
+      <c r="F1" s="117"/>
+      <c r="G1" s="117"/>
+      <c r="H1" s="122" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="2" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A2" s="117"/>
-[...6 lines deleted...]
-      <c r="H2" s="122"/>
+      <c r="A2" s="118"/>
+      <c r="B2" s="119"/>
+      <c r="C2" s="119"/>
+      <c r="D2" s="119"/>
+      <c r="E2" s="119"/>
+      <c r="F2" s="119"/>
+      <c r="G2" s="119"/>
+      <c r="H2" s="123"/>
     </row>
     <row r="3" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A3" s="119"/>
-[...6 lines deleted...]
-      <c r="H3" s="123"/>
+      <c r="A3" s="120"/>
+      <c r="B3" s="121"/>
+      <c r="C3" s="121"/>
+      <c r="D3" s="121"/>
+      <c r="E3" s="121"/>
+      <c r="F3" s="121"/>
+      <c r="G3" s="121"/>
+      <c r="H3" s="124"/>
     </row>
     <row r="4" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="5" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="13" t="s">
         <v>4</v>
       </c>
-      <c r="B5" s="97"/>
-[...3 lines deleted...]
-      <c r="F5" s="125"/>
+      <c r="B5" s="98"/>
+      <c r="C5" s="125"/>
+      <c r="D5" s="125"/>
+      <c r="E5" s="125"/>
+      <c r="F5" s="126"/>
       <c r="G5" s="13" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="H5" s="12"/>
     </row>
     <row r="6" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="13" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="124"/>
-[...5 lines deleted...]
-      <c r="H6" s="125"/>
+      <c r="B6" s="125"/>
+      <c r="C6" s="125"/>
+      <c r="D6" s="125"/>
+      <c r="E6" s="125"/>
+      <c r="F6" s="125"/>
+      <c r="G6" s="125"/>
+      <c r="H6" s="126"/>
     </row>
     <row r="7" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="13" t="s">
         <v>6</v>
       </c>
-      <c r="B7" s="124"/>
-[...5 lines deleted...]
-      <c r="H7" s="125"/>
+      <c r="B7" s="125"/>
+      <c r="C7" s="125"/>
+      <c r="D7" s="125"/>
+      <c r="E7" s="125"/>
+      <c r="F7" s="125"/>
+      <c r="G7" s="125"/>
+      <c r="H7" s="126"/>
     </row>
     <row r="8" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A8" s="13" t="s">
         <v>46</v>
       </c>
-      <c r="B8" s="126"/>
-[...5 lines deleted...]
-      <c r="H8" s="128"/>
+      <c r="B8" s="127"/>
+      <c r="C8" s="128"/>
+      <c r="D8" s="128"/>
+      <c r="E8" s="128"/>
+      <c r="F8" s="128"/>
+      <c r="G8" s="128"/>
+      <c r="H8" s="129"/>
     </row>
     <row r="9" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A9" s="34"/>
       <c r="B9" s="34"/>
       <c r="C9" s="34"/>
       <c r="D9" s="34"/>
       <c r="E9" s="34"/>
       <c r="F9" s="34"/>
       <c r="G9" s="34"/>
       <c r="H9" s="34"/>
     </row>
     <row r="10" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="129" t="s">
-[...8 lines deleted...]
-      <c r="H10" s="132"/>
+      <c r="A10" s="130" t="s">
+        <v>62</v>
+      </c>
+      <c r="B10" s="131"/>
+      <c r="C10" s="125"/>
+      <c r="D10" s="132"/>
+      <c r="E10" s="132"/>
+      <c r="F10" s="132"/>
+      <c r="G10" s="132"/>
+      <c r="H10" s="133"/>
     </row>
     <row r="11" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="86" t="s">
+      <c r="A11" s="87" t="s">
         <v>32</v>
       </c>
-      <c r="B11" s="87"/>
-[...5 lines deleted...]
-      <c r="H11" s="132"/>
+      <c r="B11" s="88"/>
+      <c r="C11" s="125"/>
+      <c r="D11" s="132"/>
+      <c r="E11" s="132"/>
+      <c r="F11" s="132"/>
+      <c r="G11" s="132"/>
+      <c r="H11" s="133"/>
     </row>
     <row r="12" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="34"/>
       <c r="B12" s="34"/>
       <c r="C12" s="34"/>
       <c r="D12" s="34"/>
       <c r="E12" s="34"/>
       <c r="F12" s="34"/>
       <c r="G12" s="34"/>
       <c r="H12" s="34"/>
     </row>
     <row r="13" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="34"/>
       <c r="B13" s="34"/>
       <c r="C13" s="34"/>
       <c r="D13" s="34"/>
       <c r="E13" s="34"/>
       <c r="F13" s="34"/>
       <c r="G13" s="34"/>
       <c r="H13" s="34"/>
     </row>
     <row r="14" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="14" t="s">
         <v>47</v>
       </c>
       <c r="B14" s="15"/>
       <c r="C14" s="15"/>
       <c r="D14" s="31"/>
       <c r="E14" s="31"/>
       <c r="F14" s="31"/>
       <c r="G14" s="31"/>
       <c r="H14" s="31"/>
     </row>
     <row r="15" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="13" t="s">
+        <v>55</v>
+      </c>
+      <c r="B15" s="16" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="C15" s="16" t="s">
         <v>13</v>
       </c>
       <c r="D15" s="16" t="s">
         <v>14</v>
       </c>
       <c r="E15" s="16" t="s">
         <v>15</v>
       </c>
       <c r="F15" s="16" t="s">
         <v>50</v>
       </c>
       <c r="G15" s="16" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="H15" s="17" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:8" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="3"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
       <c r="D16" s="5"/>
       <c r="E16" s="5"/>
       <c r="F16" s="5"/>
       <c r="G16" s="6"/>
       <c r="H16" s="7"/>
     </row>
     <row r="17" spans="1:9" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="3"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
       <c r="D17" s="5"/>
       <c r="E17" s="5"/>
       <c r="F17" s="5"/>
       <c r="G17" s="6"/>
       <c r="H17" s="7"/>
     </row>
@@ -3114,72 +3119,72 @@
       <c r="E24" s="5"/>
       <c r="F24" s="5"/>
       <c r="G24" s="6"/>
       <c r="H24" s="7"/>
     </row>
     <row r="25" spans="1:9" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A25" s="5"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
       <c r="D25" s="5"/>
       <c r="E25" s="5"/>
       <c r="F25" s="5"/>
       <c r="G25" s="6"/>
       <c r="H25" s="7"/>
     </row>
     <row r="26" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="G26" s="18" t="s">
         <v>7</v>
       </c>
       <c r="H26" s="19">
         <f>SUM(H16:H25)</f>
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="141" t="s">
-[...3 lines deleted...]
-      <c r="C27" s="144"/>
+      <c r="A27" s="142" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" s="145"/>
+      <c r="C27" s="145"/>
       <c r="F27" s="20"/>
     </row>
     <row r="28" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A28" s="13" t="s">
         <v>33</v>
       </c>
       <c r="B28" s="13" t="s">
         <v>34</v>
       </c>
       <c r="C28" s="13" t="s">
         <v>35</v>
       </c>
       <c r="D28" s="13" t="s">
         <v>36</v>
       </c>
       <c r="E28" s="13" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="F28" s="13" t="s">
         <v>37</v>
       </c>
       <c r="G28" s="17" t="s">
         <v>38</v>
       </c>
       <c r="H28" s="26"/>
       <c r="I28" s="26"/>
     </row>
     <row r="29" spans="1:9" s="2" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A29" s="9"/>
       <c r="B29" s="3"/>
       <c r="C29" s="5"/>
       <c r="D29" s="6"/>
       <c r="E29" s="6">
         <f>A29*D29</f>
         <v>0</v>
       </c>
       <c r="F29" s="6"/>
       <c r="G29" s="38">
         <f>A29*F29</f>
         <v>0</v>
       </c>
       <c r="H29" s="1"/>
@@ -3206,60 +3211,60 @@
       <c r="A31" s="26"/>
       <c r="B31" s="26"/>
       <c r="C31" s="26"/>
       <c r="D31" s="26"/>
       <c r="E31" s="26"/>
       <c r="F31" s="20" t="s">
         <v>7</v>
       </c>
       <c r="G31" s="21">
         <f>SUM(G29:G30)</f>
         <v>0</v>
       </c>
       <c r="H31" s="26"/>
       <c r="I31" s="26"/>
     </row>
     <row r="32" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A32" s="26"/>
       <c r="B32" s="26"/>
       <c r="C32" s="26"/>
       <c r="D32" s="26"/>
       <c r="F32" s="26"/>
       <c r="G32" s="26"/>
       <c r="H32" s="26"/>
     </row>
     <row r="33" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="145" t="s">
+      <c r="A33" s="146" t="s">
         <v>39</v>
       </c>
-      <c r="B33" s="145"/>
-      <c r="C33" s="143" t="s">
+      <c r="B33" s="146"/>
+      <c r="C33" s="144" t="s">
         <v>45</v>
       </c>
-      <c r="D33" s="143"/>
-[...1 lines deleted...]
-      <c r="F33" s="143"/>
+      <c r="D33" s="144"/>
+      <c r="E33" s="144"/>
+      <c r="F33" s="144"/>
       <c r="G33" s="26"/>
       <c r="H33" s="26"/>
     </row>
     <row r="34" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A34" s="13" t="s">
         <v>8</v>
       </c>
       <c r="B34" s="16" t="s">
         <v>9</v>
       </c>
       <c r="C34" s="22" t="s">
         <v>26</v>
       </c>
       <c r="D34" s="16" t="s">
         <v>27</v>
       </c>
       <c r="E34" s="16" t="s">
         <v>28</v>
       </c>
       <c r="F34" s="16" t="s">
         <v>48</v>
       </c>
       <c r="G34" s="23" t="s">
         <v>23</v>
       </c>
@@ -3422,445 +3427,445 @@
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:9" s="33" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A46" s="26"/>
       <c r="B46" s="26"/>
       <c r="C46" s="26"/>
       <c r="D46" s="26"/>
       <c r="E46" s="29" t="s">
         <v>1</v>
       </c>
       <c r="F46" s="30">
         <f>SUM(F35:F45)</f>
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:9" s="33" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A47" s="35"/>
       <c r="B47" s="36"/>
       <c r="C47" s="35"/>
       <c r="D47" s="26"/>
       <c r="E47" s="26"/>
       <c r="F47" s="26"/>
     </row>
     <row r="48" spans="1:9" s="33" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A48" s="149" t="s">
-[...7 lines deleted...]
-      <c r="G48" s="150"/>
+      <c r="A48" s="150" t="s">
+        <v>63</v>
+      </c>
+      <c r="B48" s="142"/>
+      <c r="C48" s="142"/>
+      <c r="D48" s="142"/>
+      <c r="E48" s="142"/>
+      <c r="F48" s="142"/>
+      <c r="G48" s="151"/>
       <c r="H48" s="17" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49" spans="1:8" s="33" customFormat="1" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A49" s="97"/>
-[...5 lines deleted...]
-      <c r="G49" s="125"/>
+      <c r="A49" s="98"/>
+      <c r="B49" s="125"/>
+      <c r="C49" s="125"/>
+      <c r="D49" s="125"/>
+      <c r="E49" s="125"/>
+      <c r="F49" s="125"/>
+      <c r="G49" s="126"/>
       <c r="H49" s="11"/>
     </row>
     <row r="50" spans="1:8" s="33" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A50" s="35"/>
       <c r="B50" s="36"/>
       <c r="C50" s="35"/>
       <c r="D50" s="26"/>
       <c r="E50" s="26"/>
       <c r="F50" s="26"/>
     </row>
     <row r="51" spans="1:8" s="33" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="149" t="s">
-[...7 lines deleted...]
-      <c r="G51" s="150"/>
+      <c r="A51" s="150" t="s">
+        <v>61</v>
+      </c>
+      <c r="B51" s="142"/>
+      <c r="C51" s="142"/>
+      <c r="D51" s="142"/>
+      <c r="E51" s="142"/>
+      <c r="F51" s="142"/>
+      <c r="G51" s="151"/>
       <c r="H51" s="17" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52" spans="1:8" s="33" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="97"/>
-[...5 lines deleted...]
-      <c r="G52" s="125"/>
+      <c r="A52" s="98"/>
+      <c r="B52" s="125"/>
+      <c r="C52" s="125"/>
+      <c r="D52" s="125"/>
+      <c r="E52" s="125"/>
+      <c r="F52" s="125"/>
+      <c r="G52" s="126"/>
       <c r="H52" s="11"/>
     </row>
     <row r="53" spans="1:8" s="33" customFormat="1" ht="12" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A53" s="31"/>
       <c r="B53" s="31"/>
       <c r="C53" s="31"/>
       <c r="D53" s="31"/>
       <c r="E53" s="31"/>
       <c r="F53" s="31"/>
       <c r="G53" s="31"/>
       <c r="H53" s="27"/>
     </row>
     <row r="54" spans="1:8" s="33" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A54" s="32"/>
       <c r="B54" s="32"/>
       <c r="C54" s="32"/>
-      <c r="D54" s="147" t="s">
-[...3 lines deleted...]
-      <c r="F54" s="148"/>
+      <c r="D54" s="148" t="s">
+        <v>69</v>
+      </c>
+      <c r="E54" s="149"/>
+      <c r="F54" s="149"/>
       <c r="G54" s="29"/>
       <c r="H54" s="10">
         <f>H26+G31+F46+H49+H52</f>
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8" s="33" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A55" s="32"/>
       <c r="B55" s="32"/>
       <c r="C55" s="32"/>
-      <c r="D55" s="147" t="s">
-[...3 lines deleted...]
-      <c r="F55" s="148"/>
+      <c r="D55" s="148" t="s">
+        <v>70</v>
+      </c>
+      <c r="E55" s="149"/>
+      <c r="F55" s="149"/>
       <c r="G55" s="29"/>
       <c r="H55" s="10">
         <f>H26+G31+F46+H49</f>
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8" s="33" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A56" s="32"/>
       <c r="B56" s="32"/>
       <c r="C56" s="32"/>
       <c r="D56" s="32"/>
       <c r="E56" s="32"/>
       <c r="F56" s="27"/>
     </row>
     <row r="57" spans="1:8" s="33" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="79" t="s">
-[...8 lines deleted...]
-      <c r="H57" s="146"/>
+      <c r="A57" s="80" t="s">
+        <v>72</v>
+      </c>
+      <c r="B57" s="80"/>
+      <c r="C57" s="80"/>
+      <c r="D57" s="80"/>
+      <c r="E57" s="80"/>
+      <c r="F57" s="147"/>
+      <c r="G57" s="147"/>
+      <c r="H57" s="147"/>
     </row>
     <row r="58" spans="1:8" s="33" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="79"/>
-[...6 lines deleted...]
-      <c r="H58" s="137"/>
+      <c r="A58" s="80"/>
+      <c r="B58" s="141"/>
+      <c r="C58" s="141"/>
+      <c r="D58" s="141"/>
+      <c r="E58" s="141"/>
+      <c r="F58" s="141"/>
+      <c r="G58" s="141"/>
+      <c r="H58" s="141"/>
     </row>
     <row r="59" spans="1:8" s="33" customFormat="1" ht="11.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="141" t="s">
+      <c r="A59" s="142" t="s">
         <v>49</v>
       </c>
-      <c r="B59" s="142"/>
+      <c r="B59" s="143"/>
       <c r="C59" s="37"/>
       <c r="D59" s="37"/>
       <c r="E59" s="37"/>
       <c r="F59" s="34"/>
       <c r="G59" s="34"/>
       <c r="H59" s="34"/>
     </row>
     <row r="60" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A60" s="13" t="s">
         <v>40</v>
       </c>
-      <c r="B60" s="124"/>
-[...5 lines deleted...]
-      <c r="H60" s="99"/>
+      <c r="B60" s="138"/>
+      <c r="C60" s="139"/>
+      <c r="D60" s="139"/>
+      <c r="E60" s="139"/>
+      <c r="F60" s="139"/>
+      <c r="G60" s="139"/>
+      <c r="H60" s="140"/>
     </row>
     <row r="61" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A61" s="13" t="s">
         <v>41</v>
       </c>
-      <c r="B61" s="124"/>
-[...5 lines deleted...]
-      <c r="H61" s="99"/>
+      <c r="B61" s="138"/>
+      <c r="C61" s="139"/>
+      <c r="D61" s="139"/>
+      <c r="E61" s="139"/>
+      <c r="F61" s="139"/>
+      <c r="G61" s="139"/>
+      <c r="H61" s="140"/>
     </row>
     <row r="62" spans="1:8" customFormat="1" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="86" t="s">
+      <c r="A62" s="87" t="s">
         <v>54</v>
       </c>
-      <c r="B62" s="136"/>
-[...5 lines deleted...]
-      <c r="H62" s="135"/>
+      <c r="B62" s="137"/>
+      <c r="C62" s="134"/>
+      <c r="D62" s="135"/>
+      <c r="E62" s="135"/>
+      <c r="F62" s="135"/>
+      <c r="G62" s="135"/>
+      <c r="H62" s="136"/>
     </row>
     <row r="63" spans="1:8" customFormat="1" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="86" t="s">
-[...8 lines deleted...]
-      <c r="H63" s="140"/>
+      <c r="A63" s="87" t="s">
+        <v>92</v>
+      </c>
+      <c r="B63" s="137"/>
+      <c r="C63" s="98"/>
+      <c r="D63" s="125"/>
+      <c r="E63" s="125"/>
+      <c r="F63" s="125"/>
+      <c r="G63" s="125"/>
+      <c r="H63" s="126"/>
     </row>
     <row r="64" spans="1:8" customFormat="1" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="86" t="s">
-[...3 lines deleted...]
-      <c r="C64" s="39"/>
+      <c r="A64" s="87" t="s">
+        <v>64</v>
+      </c>
+      <c r="B64" s="88"/>
+      <c r="C64" s="54"/>
       <c r="D64" s="39"/>
       <c r="E64" s="39"/>
       <c r="F64" s="39"/>
       <c r="G64" s="39"/>
       <c r="H64" s="40"/>
     </row>
     <row r="65" spans="1:8" customFormat="1" ht="16.350000000000001" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="91" t="s">
-[...3 lines deleted...]
-      <c r="C65" s="39"/>
+      <c r="A65" s="92" t="s">
+        <v>65</v>
+      </c>
+      <c r="B65" s="94"/>
+      <c r="C65" s="54"/>
       <c r="D65" s="39"/>
       <c r="E65" s="39"/>
       <c r="F65" s="39"/>
       <c r="G65" s="39"/>
       <c r="H65" s="40"/>
     </row>
     <row r="66" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="86" t="s">
+      <c r="A66" s="87" t="s">
         <v>42</v>
       </c>
-      <c r="B66" s="87"/>
-[...5 lines deleted...]
-      <c r="H66" s="90"/>
+      <c r="B66" s="88"/>
+      <c r="C66" s="89"/>
+      <c r="D66" s="90"/>
+      <c r="E66" s="90"/>
+      <c r="F66" s="90"/>
+      <c r="G66" s="90"/>
+      <c r="H66" s="91"/>
     </row>
     <row r="67" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="91" t="s">
+      <c r="A67" s="92" t="s">
         <v>43</v>
       </c>
-      <c r="B67" s="92"/>
-[...5 lines deleted...]
-      <c r="H67" s="93"/>
+      <c r="B67" s="93"/>
+      <c r="C67" s="93"/>
+      <c r="D67" s="93"/>
+      <c r="E67" s="93"/>
+      <c r="F67" s="93"/>
+      <c r="G67" s="93"/>
+      <c r="H67" s="94"/>
     </row>
     <row r="68" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A68" s="97"/>
-[...6 lines deleted...]
-      <c r="H68" s="99"/>
+      <c r="A68" s="98"/>
+      <c r="B68" s="99"/>
+      <c r="C68" s="99"/>
+      <c r="D68" s="99"/>
+      <c r="E68" s="99"/>
+      <c r="F68" s="99"/>
+      <c r="G68" s="99"/>
+      <c r="H68" s="100"/>
     </row>
     <row r="69" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A69" s="97"/>
-[...6 lines deleted...]
-      <c r="H69" s="99"/>
+      <c r="A69" s="98"/>
+      <c r="B69" s="99"/>
+      <c r="C69" s="99"/>
+      <c r="D69" s="99"/>
+      <c r="E69" s="99"/>
+      <c r="F69" s="99"/>
+      <c r="G69" s="99"/>
+      <c r="H69" s="100"/>
     </row>
     <row r="70" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="97"/>
-[...6 lines deleted...]
-      <c r="H70" s="99"/>
+      <c r="A70" s="98"/>
+      <c r="B70" s="99"/>
+      <c r="C70" s="99"/>
+      <c r="D70" s="99"/>
+      <c r="E70" s="99"/>
+      <c r="F70" s="99"/>
+      <c r="G70" s="99"/>
+      <c r="H70" s="100"/>
     </row>
     <row r="71" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="97"/>
-[...6 lines deleted...]
-      <c r="H71" s="99"/>
+      <c r="A71" s="98"/>
+      <c r="B71" s="99"/>
+      <c r="C71" s="99"/>
+      <c r="D71" s="99"/>
+      <c r="E71" s="99"/>
+      <c r="F71" s="99"/>
+      <c r="G71" s="99"/>
+      <c r="H71" s="100"/>
     </row>
     <row r="72" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="97"/>
-[...6 lines deleted...]
-      <c r="H72" s="99"/>
+      <c r="A72" s="98"/>
+      <c r="B72" s="99"/>
+      <c r="C72" s="99"/>
+      <c r="D72" s="99"/>
+      <c r="E72" s="99"/>
+      <c r="F72" s="99"/>
+      <c r="G72" s="99"/>
+      <c r="H72" s="100"/>
     </row>
     <row r="73" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="112" t="s">
+      <c r="A73" s="113" t="s">
         <v>29</v>
       </c>
-      <c r="B73" s="113"/>
-[...5 lines deleted...]
-      <c r="H73" s="114"/>
+      <c r="B73" s="114"/>
+      <c r="C73" s="114"/>
+      <c r="D73" s="114"/>
+      <c r="E73" s="114"/>
+      <c r="F73" s="114"/>
+      <c r="G73" s="114"/>
+      <c r="H73" s="115"/>
     </row>
     <row r="74" spans="1:8" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="94"/>
-[...6 lines deleted...]
-      <c r="H74" s="96"/>
+      <c r="A74" s="95"/>
+      <c r="B74" s="96"/>
+      <c r="C74" s="96"/>
+      <c r="D74" s="96"/>
+      <c r="E74" s="96"/>
+      <c r="F74" s="96"/>
+      <c r="G74" s="96"/>
+      <c r="H74" s="97"/>
     </row>
     <row r="75" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="76" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A76" s="29" t="s">
         <v>2</v>
       </c>
       <c r="B76" s="26"/>
     </row>
     <row r="77" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="103"/>
-[...6 lines deleted...]
-      <c r="H77" s="111"/>
+      <c r="A77" s="104"/>
+      <c r="B77" s="105"/>
+      <c r="C77" s="105"/>
+      <c r="D77" s="106"/>
+      <c r="E77" s="110"/>
+      <c r="F77" s="111"/>
+      <c r="G77" s="111"/>
+      <c r="H77" s="112"/>
     </row>
     <row r="78" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A78" s="106"/>
-[...6 lines deleted...]
-      <c r="H78" s="96"/>
+      <c r="A78" s="107"/>
+      <c r="B78" s="108"/>
+      <c r="C78" s="108"/>
+      <c r="D78" s="109"/>
+      <c r="E78" s="95"/>
+      <c r="F78" s="96"/>
+      <c r="G78" s="96"/>
+      <c r="H78" s="97"/>
     </row>
     <row r="79" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="100" t="s">
-[...5 lines deleted...]
-      <c r="E79" s="100" t="s">
+      <c r="A79" s="101" t="s">
         <v>60</v>
       </c>
-      <c r="F79" s="101"/>
-[...1 lines deleted...]
-      <c r="H79" s="102"/>
+      <c r="B79" s="102"/>
+      <c r="C79" s="102"/>
+      <c r="D79" s="103"/>
+      <c r="E79" s="101" t="s">
+        <v>59</v>
+      </c>
+      <c r="F79" s="102"/>
+      <c r="G79" s="102"/>
+      <c r="H79" s="103"/>
     </row>
     <row r="80" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="81" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="82" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A82" s="79" t="s">
+      <c r="A82" s="80" t="s">
         <v>31</v>
       </c>
-      <c r="B82" s="79"/>
-[...5 lines deleted...]
-      <c r="H82" s="79"/>
+      <c r="B82" s="80"/>
+      <c r="C82" s="80"/>
+      <c r="D82" s="80"/>
+      <c r="E82" s="80"/>
+      <c r="F82" s="80"/>
+      <c r="G82" s="80"/>
+      <c r="H82" s="80"/>
     </row>
     <row r="83" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A83" s="80" t="s">
+      <c r="A83" s="81" t="s">
         <v>51</v>
       </c>
-      <c r="B83" s="81"/>
-[...5 lines deleted...]
-      <c r="H83" s="82"/>
+      <c r="B83" s="82"/>
+      <c r="C83" s="82"/>
+      <c r="D83" s="82"/>
+      <c r="E83" s="82"/>
+      <c r="F83" s="82"/>
+      <c r="G83" s="82"/>
+      <c r="H83" s="83"/>
     </row>
     <row r="84" spans="1:8" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A84" s="83" t="s">
+      <c r="A84" s="84" t="s">
         <v>52</v>
       </c>
-      <c r="B84" s="84"/>
-[...5 lines deleted...]
-      <c r="H84" s="85"/>
+      <c r="B84" s="85"/>
+      <c r="C84" s="85"/>
+      <c r="D84" s="85"/>
+      <c r="E84" s="85"/>
+      <c r="F84" s="85"/>
+      <c r="G84" s="85"/>
+      <c r="H84" s="86"/>
     </row>
     <row r="85" spans="1:8" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A85" s="2"/>
     </row>
     <row r="86" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="87" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="88" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="89" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="90" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="91" spans="1:8" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="Qe2HqlgUc0yfqalk3OH5r9Nz8YIHX+WyHu7JutVxfCRxdszw7WT2HMDAC7a/LmsYwFWa3sKPo5N6eeZuOHvXyQ==" saltValue="1roE5E70b1mdm281LNNUMw==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="0ismDX9MgTi5pT5cMD5uDI50kgM3LOd2DTMy5nrZnD/Fj01LX17nKeg3TQyFaQN/ba9j0VvNU46zIUG7uYa5dA==" saltValue="nNY25iQVEEoVM9vJM+NqNw==" spinCount="100000" sheet="1" formatCells="0" formatColumns="0" formatRows="0" insertRows="0" insertHyperlinks="0" deleteColumns="0" sort="0" autoFilter="0"/>
   <protectedRanges>
     <protectedRange algorithmName="SHA-512" hashValue="XXEobwdnjt3H6iZz6RXFCm6iXpcvsKulge5vPCxMYvtQRvb5idLDkslSs8HD1sd/XzPNtSsTudYJon9hFassTg==" saltValue="CaPSxVcLfQMWwqqbuDQviw==" spinCount="100000" sqref="G32:G34" name="perdiem1"/>
     <protectedRange algorithmName="SHA-512" hashValue="tH5UeMtkKc287tuCPTiXa6k2/Kt0xpCkP4fihO9q3EoGarOZhNqi6/T+5cxqMUGPj05uxhnTKEwGFsia9pMLHQ==" saltValue="VDXR5yh4XjyiRrqgtU9toA==" spinCount="100000" sqref="F35:F46" name="Perdiem2"/>
     <protectedRange algorithmName="SHA-512" hashValue="PamX35JXzBUhbM7xpipAS7YxQDLV8r2eby3y0L9nGo7WfiuI1zuQGffPrd6HbMg2LylxMjzpEuXXpDsAG21Xow==" saltValue="cx4gNGR0o+vGEXvY3hgo9w==" spinCount="100000" sqref="H26" name="sum1"/>
     <protectedRange algorithmName="SHA-512" hashValue="T+GTJQgyolKPeng7A0y6zpuCuC+LhONSb5grNbFV1HWHEehpG1uljrltht/g8g0mbHwLTkRS5jBJ9LykP1skgw==" saltValue="ctMm6Ga1jAY47hLKAy2gRA==" spinCount="100000" sqref="G31" name="sum2"/>
     <protectedRange algorithmName="SHA-512" hashValue="AFf+Ygyt30qC3VjIjR/FoX65A+0MChGCEIE/RVzqFM1hp+p6STvgHh5cd77NfnoTM/a6HpyR1TtCvCGnnQkWKg==" saltValue="szv2UzXW8KEfxXC4nlkDyA==" spinCount="100000" sqref="F46" name="sum3"/>
     <protectedRange algorithmName="SHA-512" hashValue="G8FCqYnNGEbwm47Mm+qypfzLb/7yy+ThdUBLZi5hLZZvg8WgKRV0cJ1h1FOYGD/S5y0/cTdZbG+Ntpnw6QHCVg==" saltValue="uHbnk2NGoWPeDEMXYRJPVA==" spinCount="100000" sqref="H54:H55" name="Subtotals"/>
   </protectedRanges>
   <mergeCells count="47">
     <mergeCell ref="A65:B65"/>
     <mergeCell ref="A68:H68"/>
     <mergeCell ref="C11:H11"/>
     <mergeCell ref="A27:C27"/>
     <mergeCell ref="A33:B33"/>
     <mergeCell ref="A49:G49"/>
     <mergeCell ref="A57:H57"/>
     <mergeCell ref="D54:F54"/>
     <mergeCell ref="A51:G51"/>
     <mergeCell ref="A52:G52"/>
     <mergeCell ref="D55:F55"/>
     <mergeCell ref="A48:G48"/>
     <mergeCell ref="A10:B10"/>
     <mergeCell ref="A11:B11"/>
     <mergeCell ref="C10:H10"/>
     <mergeCell ref="C62:H62"/>
@@ -3944,25 +3949,54 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Travel Claim Rules</vt:lpstr>
       <vt:lpstr>Travel Claim</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Heike</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_SetDate">
+    <vt:lpwstr>2026-01-21T13:45:41Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Name">
+    <vt:lpwstr>Varin</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_SiteId">
+    <vt:lpwstr>764a306d-0a68-45ad-9f07-6f1804447cd4</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_ActionId">
+    <vt:lpwstr>7f2819c2-471f-4b94-af34-3ece808a9bc6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_dc80478f-11da-4717-908f-ce13ec08de93_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>